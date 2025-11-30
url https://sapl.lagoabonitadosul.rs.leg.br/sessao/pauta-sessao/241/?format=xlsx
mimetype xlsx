--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -66,51 +66,51 @@
   <si>
     <t>Aguardando discussão e votação</t>
   </si>
   <si>
     <t>Indicação nº 140 de 2025</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal encaminhe a Secretaria competente para que sejam tomadas providências para a realização de canalização com bueiros na estrada que dá acesso à propriedade do Senhor Narciso Unfer, situada na comunidade de Linha Alta Frente, interior deste município.</t>
   </si>
   <si>
     <t>Indicação nº 141 de 2025</t>
   </si>
   <si>
     <t>Debora Busatto</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal realize um estudo técnico visando à perfuração de um novo poço artesiano ou mais um na localidade de Lagoa Bonita Baixada.</t>
   </si>
   <si>
     <t>Indicação nº 142 de 2025</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal encaminhe a Secretaria competente para que seja construída uma fonte drenada na propriedade do Sr. Paulo Rodrigues do Nascimento, situada na comunidade Alto Pilão, zona rural deste município.</t>
   </si>
   <si>
-    <t>Projeto de Lei do Legislativo nº 6 de 2025</t>
+    <t>Projeto de Lei Legislativo nº 6 de 2025</t>
   </si>
   <si>
     <t>Janaína Freese</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DA MULHER AGRICULTORA NO MUNICÍPIO DE LAGOA BONITA DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Aguardando emissão de parecer da comissão</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº 2044 de 2025</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a incluir elemento de despesa na Lei Orçamentária Anual de 2025 e autoriza a abertura de Crédito Especial no montante de R$ 60.000,00 (sessenta mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº 2045 de 2025</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a incluir elemento de despesa na Lei Orçamentária Anual de 2025 e autoriza a abertura de Crédito Especial no montante de R$ 32.000,00 (trinta e dois mil reais) e dá outras providências.</t>
   </si>