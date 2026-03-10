--- v0 (2026-01-19)
+++ v1 (2026-03-10)
@@ -10,305 +10,665 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="376" uniqueCount="205">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1001</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>MCR</t>
+  </si>
+  <si>
+    <t>Moção de Congratulações e Reconhecimento</t>
+  </si>
+  <si>
+    <t>Debora Busatto</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1001/mocao_de_reconhecimento_no_001-2026_-_debora.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que esta subscreve, no uso de suas atribuições legais e regimentais, após ouvido o plenário e obtida a devida aprovação, apresenta a presente Moção de Reconhecimento ao atleta de corridas Anderson Hunter.</t>
+  </si>
+  <si>
     <t>975</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PI</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
     <t>Janaína Freese</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/975/pedido_informacao_001-2026_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/975/pedido_informacao_001-2026_-_janaina.pdf</t>
   </si>
   <si>
     <t>A Vereadora que o presente subscreve, no uso de suas atribuições legais e regimentais, com fundamento na função fiscalizatória do Poder Legislativo, REQUER que seja encaminhado ao Poder Executivo Municipal o presente PEDIDO DE INFORMAÇÕES, referente aos convênios, contratos e instrumentos jurídicos firmados pelo Município relacionados à prestação dos serviços de saneamento básico, especialmente aqueles vinculados à Companhia Riograndense de Saneamento – CORSAN ou à empresa que atualmente a sucedeu.</t>
   </si>
   <si>
+    <t>1000</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1000/pedido_informacao_002-2026_-_janaina.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que o presente subscreve, no uso de suas atribuições legais e regimentais, com fundamento na função fiscalizatória do Poder Legislativo, REQUER que seja encaminhado ao Poder Executivo Municipal o presente PEDIDOS DE INFORMAÇÕES, referente ações educativas referentes à prevenção da violência contra a mulher, Lei Maria da Penha e conscientização sobre feminicídio nas unidades escolares.</t>
+  </si>
+  <si>
     <t>972</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/972/indicacao_no_001-2026_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/972/indicacao_no_001-2026_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a viabilidade e a adoção de medidas administrativas e legais para que o Município contrate empresa terceirizada especializada na produção de silagem, com o objetivo de subsidiar 50% (cinquenta por cento) do valor da hora/máquina permanecendo o valor restante sob responsabilidade do produtor beneficiado do município.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>Gilsemar Honnef</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/973/indicacao_no_002-2026_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/973/indicacao_no_002-2026_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao setor competente, para que seja feita a recuperação da estrada de Linha Rathke, em Várzea Grande.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Vinícius Alfredo Neu</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/974/indicacao_no_003-2026_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/974/indicacao_no_003-2026_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao setor competente, para que seja construída uma nova ponte de concreto na localidade de Linha Faber, substituindo a atual ponte de madeira existente no local.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/976/indicacao_no_004-2026_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/976/indicacao_no_004-2026_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada a colocação de uma carga de brita/pedras no trecho da estrada que passa em frente à residência de Luciano Leal, na Linha Alta Fundos, visando: Melhorar as condições de trafegabilidade durante e após períodos chuvosos; Reduzir pontos de atoleiro e erosão, promovendo maior segurança aos usuários; Facilitar o acesso de veículos essenciais e máquinas da prefeitura; Minimizar os custos de manutenção veicular para os moradores.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Claudiomiro Severo</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/977/indicacao_no_005-2026_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/977/indicacao_no_005-2026_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, por meio da Secretaria Municipal de Obras, faça a recuperação do acesso da propriedade da Senhora Mirian Sartório, próximo ao trevo de acesso da cidade de Lagoa Bonita do Sul.</t>
   </si>
   <si>
+    <t>995</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Ezequiel Tavares</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/995/indicacao_no_006-2026_ezequiel.pdf</t>
+  </si>
+  <si>
+    <t>Para que o Executivo Municipal estude a possibilidade da instalação de um banheiro público na Praça das Águas.</t>
+  </si>
+  <si>
+    <t>996</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/996/indicacao_no_007-2026_ezequiel.pdf</t>
+  </si>
+  <si>
+    <t>Para que o Executivo Municipal encaminhe a Secretaria competente para que seja providenciada melhor sinalização viária na Rua José Carlos Rathke, esquina com a Rua Alcides Ferraz da Silva.</t>
+  </si>
+  <si>
+    <t>997</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/997/indicacao_no_008-2026_-_janaina.pdf</t>
+  </si>
+  <si>
+    <t>Para que o Executivo Municipal, por meio da Secretaria Competente estude a possibilidade de que sejam adotadas medidas visando à manutenção parcial do funcionamento das creches municipais durante o período de recesso ou férias escolares, especialmente para atendimento de crianças cujas famílias se encontrem em situação de vulnerabilidade social ou não disponham de rede de apoio.</t>
+  </si>
+  <si>
+    <t>998</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/998/indicacao_no_009-2026_-_claudiomiro.pdf</t>
+  </si>
+  <si>
+    <t>Para que o Executivo Municipal, por meio da Secretaria Competente para que seja colocado brita no cerro que liga Várzea Grande à Linha Alta Frente.</t>
+  </si>
+  <si>
+    <t>999</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/999/indicacao_no_010-2026_-_claudiomiro.pdf</t>
+  </si>
+  <si>
+    <t>Para que o Executivo Municipal, por meio da Secretaria Competente para que estude a possibilidade de terceirizar horas maquinas com trator de esteira.</t>
+  </si>
+  <si>
+    <t>1011</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1011/indicacao_no_011-2026_ezequiel.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, nos termos regimentais, INDICA ao Excelentíssimo Senhor Prefeito Municipal que encaminhe a esta Casa Legislativa um Projeto de Lei dispondo sobre o reconhecimento e a adequação do cargo de Técnico em Agente Comunitário de Saúde, na estrutura administrativa do Município de Lagoa Bonita do Sul – RS, observando a Legislação Federal vigente.</t>
+  </si>
+  <si>
+    <t>1012</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1012/indicacao_no_012-2026_-_gilsemar.pdf</t>
+  </si>
+  <si>
+    <t>Para que seja realizada a recuperação e patrolamento da nova estrada que liga a localidade de Arroio Grande à Linha Alta Fundos.</t>
+  </si>
+  <si>
+    <t>1013</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1013/indicacao_no_013-2026_-_debora.pdf</t>
+  </si>
+  <si>
+    <t>Para que o Executivo Municipal através da Secretária Competente estude a possibilidade de ser colocado um carro na secretaria de saúde exclusivo para pacientes da oncologia ou outras situações mais complexas.</t>
+  </si>
+  <si>
     <t>988</t>
   </si>
   <si>
     <t>PL-L</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>Carlos Alexandre Lyra</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/988/projeto_de_lei_001-2026_-_aumento_real.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/988/projeto_de_lei_001-2026_-_aumento_real.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Aumento Real aos servidores do Poder Legislativo Municipal.</t>
   </si>
   <si>
+    <t>1002</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1002/projeto_de_lei_legislativo_002-2026-_janaina.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI A POLÍTICA MUNICIPAL DE PROMOÇÃO DA SAÚDE MENTAL, PREVENÇÃO DO SOFRIMENTO PSÍQUICO E DO SUICÍDIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1018</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1018/projeto_de_lei_legislativo_003-2026-_janaina.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA MUNICIPAL DE PREVENÇÃO E CONSCIENTIZAÇÃO SOBRE A VIOLÊNCIA CONTRA A MULHER, COM AÇÕES EDUCATIVAS NAS ESCOLAS DA REDE PÚBLICA DE ENSINO, INSPIRADO NOS PRINCÍPIOS DA LEI FEDERAL Nº 11.340/2006 – LEI MARIA DA PENHA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>978</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>PL-E</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/978/projeto_de_lei_no_2.055-2026.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/978/projeto_de_lei_no_2.055-2026.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral e aumento real aos servidores ativos e agentes políticos na forma que especifica.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/979/projeto_de_lei_no_2.056-2026.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/979/projeto_de_lei_no_2.056-2026.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a aumentar o número de vagas no quadro de cargos de provimento efetivo, para o cargo de Fiscal Administrativo, constante no Plano de Carreira dos Servidores do Município de Lagoa Bonita do Sul, Lei Municipal nº 1.259/2014, de 24 de setembro de 2014.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/980/projeto_de_lei_no_2.057-2026.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/980/projeto_de_lei_no_2.057-2026.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a aumentar o número de vagas no quadro de cargos de provimento efetivo, para o cargo de Operador de Máquinas, constante no Plano de Carreira dos Servidores do Município de Lagoa Bonita do Sul, Lei Municipal nº 1.259/2014, de 24 de setembro de 2014.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/981/projeto_de_lei_no_2.058-2026.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/981/projeto_de_lei_no_2.058-2026.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Artesão e dá outras providências.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/982/projeto_de_lei_no_2.059-2026.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/982/projeto_de_lei_no_2.059-2026.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Monitor de Informática e dá outras providências.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/983/projeto_de_lei_no_2.060-2026.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/983/projeto_de_lei_no_2.060-2026.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, quatro Professores e dá outras providências.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/984/projeto_de_lei_no_2.061-2026.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/984/projeto_de_lei_no_2.061-2026.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Psicólogo e dá outras providências.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/985/projeto_de_lei_no_2.062-2026.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/985/projeto_de_lei_no_2.062-2026.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Psicopedagogo e dá outras providências.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/986/projeto_de_lei_no_2.063-2026.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/986/projeto_de_lei_no_2.063-2026.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 6° da Lei Municipal n° 1.793/2022, de 28 de setembro de 2022, que dispõe sobre o Quadro de Cargos dos Agentes Comunitários de Saúde, estabelece o Plano de Carreira destes Servidores e dá outras providências.</t>
+  </si>
+  <si>
+    <t>989</t>
+  </si>
+  <si>
+    <t>2064</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/989/projeto_de_lei_no_2.064-2026.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR POR PRAZO DETERMINADO, EM RAZÃO DE EXCEPCIONAL INTERESSE PÚBLICO, UM ASSISTENTE SOCIAL E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>990</t>
+  </si>
+  <si>
+    <t>2065</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/990/projeto_de_lei_no_2.065-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a firmar convênio com a Associação de Turismo da Região Centro Serra - ATURCSERRA, para o fomento do turismo local e regional, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>991</t>
+  </si>
+  <si>
+    <t>2066</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/991/projeto_de_lei_no_2.066-2026.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPALA CONTRATAR POR PRAZO DETERMINADO, EМ RAZÃO DE EXCEPCIONAL INTERESSE PÚBLICO, UM PSICÓLOGO E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>992</t>
+  </si>
+  <si>
+    <t>2067</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/992/projeto_de_lei_no_2.067-2026.pdf</t>
+  </si>
+  <si>
+    <t>Inclui elemento de despesa e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2026, no valor de R$ 21.600,00 (vinte e um mil e seiscentos reais) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>993</t>
+  </si>
+  <si>
+    <t>2068</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/993/projeto_de_lei_no_2.068-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2026, no valor de R$ 118.359,06 (cento e dezoito mil, trezentos e cinquenta e nove reais e seis centavos).</t>
+  </si>
+  <si>
+    <t>994</t>
+  </si>
+  <si>
+    <t>2069</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/994/projeto_de_lei_no_2.069-2026.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPALA CONTRATAR POR PRAZO DETERMINADO, EM RAZÃO DE EXCEPCIONAL INTERESSE PÚBLICO, CINCO PROFESSORES E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>1003</t>
+  </si>
+  <si>
+    <t>2070</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1003/projeto_de_lei_no_2.070-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a aumentar o número de vagas no quadro de cargos de provimento efetivo, para o cargo de Oficial Administrativo, constante no Plano de Carreira dos Servidores do Município de Lagoa Bonita do Sul, Lei Municipal nº 1.259/2014, de 24 de setembro de 2014.</t>
+  </si>
+  <si>
+    <t>1004</t>
+  </si>
+  <si>
+    <t>2071</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1004/projeto_2071_-_contratacao_de_monitores_de_educacao_infantil.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR POR PRAZO DETERMINADO, EM RAZÃO DE EXCEPCIONAL INTERESSE PÚBLICO, DOIS MONITORES DE EDUCAÇÃO INFANTIL E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>1005</t>
+  </si>
+  <si>
+    <t>2072</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1005/projeto_de_lei_no_2.072-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a incluir elemento de despesa na Lei Orçamentária Anual de 2026 e abrir Crédito Especial no montante de R$ 30.500,00 (trinta mil e quinhentos reais) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1006</t>
+  </si>
+  <si>
+    <t>2073</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1006/projeto_de_lei_no_2.073-2026.pdf</t>
+  </si>
+  <si>
+    <t>Inclui AÇÃO no Plano Plurianual de 2026 – 2029, na Lei de Diretrizes Orçamentárias de 2026 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2026, no valor de R$ 85.304,83 (oitenta e cinco mil, trezentos e quatro reais e oitenta e três centavos).</t>
+  </si>
+  <si>
+    <t>1007</t>
+  </si>
+  <si>
+    <t>2074</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1007/projeto_de_lei_no_2.074-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a incluir elemento de despesa na Lei Orçamentária Anual de 2026 e abrir Crédito Especial no montante de R$ 258.549,28 (duzentos e cinquenta e oito mil, quinhentos e quarenta e nove reais e vinte e oito centavos) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1008</t>
+  </si>
+  <si>
+    <t>2075</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1008/projeto_de_lei_no_2.075-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal abrir Crédito Suplementar na Lei Orçamentária Anual de 2026, no valor de R$ 100.395,66 (cem mil, trezentos e noventa e cinco reais e sessenta e seis centavos).</t>
+  </si>
+  <si>
+    <t>1009</t>
+  </si>
+  <si>
+    <t>2076</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1009/projeto_de_lei_no_2.076-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2026, no valor de R$ 1.632.214,32 (um milhão, seiscentos e trinta e dois mil, duzentos e quatorze reais e trinta е dois centavos) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1010</t>
+  </si>
+  <si>
+    <t>2077</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1010/projeto_de_lei_no_2.077-2026.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR POR PRAZO DETERMINADO, EM RAZÃO DЕ EXCEPCIONAL INTERESSE PÚBLICO, UM OPERADOR DЕ MÁQUINAS E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>1014</t>
+  </si>
+  <si>
+    <t>2078</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1014/projeto_de_lei_no_2.078-2026.pdf</t>
+  </si>
+  <si>
+    <t>Inclui AÇÃO no Plano Plurianual de 2026 – 2029, na Lei de Diretrizes Orçamentárias de 2026 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2026, no valor de R$ 720.437,52 (setecentos e vinte mil reais, quatrocentos e trinta e sete reais e cinquenta e dois centavos).</t>
+  </si>
+  <si>
+    <t>1015</t>
+  </si>
+  <si>
+    <t>2079</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1015/projeto_de_lei_no_2.079-2026.pdf</t>
+  </si>
+  <si>
+    <t>Inclui AÇÃO no Plano Plurianual de 2026 – 2029, na Lei de Diretrizes Orçamentárias de 2026 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2026, no valor de R$ 47.500,00 (quarenta e sete mil e quinhentos reais).</t>
+  </si>
+  <si>
+    <t>1016</t>
+  </si>
+  <si>
+    <t>2080</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1016/projeto_de_lei_no_2.080-2026.pdf</t>
+  </si>
+  <si>
+    <t>Inclui AÇÃO no Plano Plurianual de 2026 – 2029, na Lei de Diretrizes Orçamentárias de 2026 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2026, no valor de R$ 165.000,00 (cento e sessenta e cinco mil reais).</t>
+  </si>
+  <si>
+    <t>1017</t>
+  </si>
+  <si>
+    <t>2081</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1017/projeto_de_lei_no_2.081-2026.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI EVENTO "FESTIVAL ARTÍSTICO MUSICAL” NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -612,68 +972,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/975/pedido_informacao_001-2026_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/972/indicacao_no_001-2026_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/973/indicacao_no_002-2026_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/974/indicacao_no_003-2026_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/976/indicacao_no_004-2026_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/977/indicacao_no_005-2026_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/988/projeto_de_lei_001-2026_-_aumento_real.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/978/projeto_de_lei_no_2.055-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/979/projeto_de_lei_no_2.056-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/980/projeto_de_lei_no_2.057-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/981/projeto_de_lei_no_2.058-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/982/projeto_de_lei_no_2.059-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/983/projeto_de_lei_no_2.060-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/984/projeto_de_lei_no_2.061-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/985/projeto_de_lei_no_2.062-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/986/projeto_de_lei_no_2.063-2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1001/mocao_de_reconhecimento_no_001-2026_-_debora.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/975/pedido_informacao_001-2026_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1000/pedido_informacao_002-2026_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/972/indicacao_no_001-2026_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/973/indicacao_no_002-2026_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/974/indicacao_no_003-2026_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/976/indicacao_no_004-2026_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/977/indicacao_no_005-2026_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/995/indicacao_no_006-2026_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/996/indicacao_no_007-2026_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/997/indicacao_no_008-2026_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/998/indicacao_no_009-2026_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/999/indicacao_no_010-2026_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1011/indicacao_no_011-2026_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1012/indicacao_no_012-2026_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1013/indicacao_no_013-2026_-_debora.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/988/projeto_de_lei_001-2026_-_aumento_real.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1002/projeto_de_lei_legislativo_002-2026-_janaina.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1018/projeto_de_lei_legislativo_003-2026-_janaina.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/978/projeto_de_lei_no_2.055-2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/979/projeto_de_lei_no_2.056-2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/980/projeto_de_lei_no_2.057-2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/981/projeto_de_lei_no_2.058-2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/982/projeto_de_lei_no_2.059-2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/983/projeto_de_lei_no_2.060-2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/984/projeto_de_lei_no_2.061-2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/985/projeto_de_lei_no_2.062-2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/986/projeto_de_lei_no_2.063-2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/989/projeto_de_lei_no_2.064-2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/990/projeto_de_lei_no_2.065-2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/991/projeto_de_lei_no_2.066-2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/992/projeto_de_lei_no_2.067-2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/993/projeto_de_lei_no_2.068-2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/994/projeto_de_lei_no_2.069-2026.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1003/projeto_de_lei_no_2.070-2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1004/projeto_2071_-_contratacao_de_monitores_de_educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1005/projeto_de_lei_no_2.072-2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1006/projeto_de_lei_no_2.073-2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1007/projeto_de_lei_no_2.074-2026.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1008/projeto_de_lei_no_2.075-2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1009/projeto_de_lei_no_2.076-2026.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1010/projeto_de_lei_no_2.077-2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1014/projeto_de_lei_no_2.078-2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1015/projeto_de_lei_no_2.079-2026.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1016/projeto_de_lei_no_2.080-2026.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2026/1017/projeto_de_lei_no_2.081-2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="41.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="119.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="140.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -702,441 +1061,1251 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
         <v>27</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" t="s">
+        <v>27</v>
+      </c>
+      <c r="E6" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" t="s">
         <v>32</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>33</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>36</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="E8" t="s">
+        <v>28</v>
+      </c>
+      <c r="F8" t="s">
+        <v>19</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="F8" t="s">
+      <c r="H8" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>27</v>
+      </c>
+      <c r="E9" t="s">
+        <v>28</v>
+      </c>
+      <c r="F9" t="s">
         <v>46</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="G9" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="D9" t="s">
+      <c r="H9" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" t="s">
+        <v>28</v>
+      </c>
+      <c r="F10" t="s">
+        <v>51</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10" t="s">
         <v>53</v>
-      </c>
-[...19 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>54</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" t="s">
+        <v>27</v>
+      </c>
+      <c r="E11" t="s">
+        <v>28</v>
+      </c>
+      <c r="F11" t="s">
+        <v>51</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H11" t="s">
         <v>57</v>
-      </c>
-[...19 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E12" t="s">
+        <v>28</v>
+      </c>
+      <c r="F12" t="s">
+        <v>19</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H12" t="s">
         <v>61</v>
-      </c>
-[...19 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>62</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>63</v>
+      </c>
+      <c r="D13" t="s">
+        <v>27</v>
+      </c>
+      <c r="E13" t="s">
+        <v>28</v>
+      </c>
+      <c r="F13" t="s">
+        <v>46</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H13" t="s">
         <v>65</v>
-      </c>
-[...19 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" t="s">
+        <v>28</v>
+      </c>
+      <c r="F14" t="s">
+        <v>46</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="H14" t="s">
         <v>69</v>
-      </c>
-[...19 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D15" t="s">
+        <v>27</v>
+      </c>
+      <c r="E15" t="s">
+        <v>28</v>
+      </c>
+      <c r="F15" t="s">
+        <v>51</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H15" t="s">
         <v>73</v>
-      </c>
-[...19 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>74</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>75</v>
+      </c>
+      <c r="D16" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" t="s">
+        <v>28</v>
+      </c>
+      <c r="F16" t="s">
+        <v>32</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H16" t="s">
         <v>77</v>
-      </c>
-[...19 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>79</v>
+      </c>
+      <c r="D17" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" t="s">
+        <v>28</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H17" t="s">
         <v>81</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
         <v>82</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="G17" s="1" t="s">
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" t="s">
         <v>83</v>
       </c>
-      <c r="H17" t="s">
+      <c r="E18" t="s">
         <v>84</v>
+      </c>
+      <c r="F18" t="s">
+        <v>85</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H18" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>88</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>23</v>
+      </c>
+      <c r="D19" t="s">
+        <v>83</v>
+      </c>
+      <c r="E19" t="s">
+        <v>84</v>
+      </c>
+      <c r="F19" t="s">
+        <v>19</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H19" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>91</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>36</v>
+      </c>
+      <c r="D20" t="s">
+        <v>83</v>
+      </c>
+      <c r="E20" t="s">
+        <v>84</v>
+      </c>
+      <c r="F20" t="s">
+        <v>19</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H20" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>94</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>95</v>
+      </c>
+      <c r="D21" t="s">
+        <v>96</v>
+      </c>
+      <c r="E21" t="s">
+        <v>97</v>
+      </c>
+      <c r="F21" t="s">
+        <v>98</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H21" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>101</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>102</v>
+      </c>
+      <c r="D22" t="s">
+        <v>96</v>
+      </c>
+      <c r="E22" t="s">
+        <v>97</v>
+      </c>
+      <c r="F22" t="s">
+        <v>98</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H22" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>105</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>106</v>
+      </c>
+      <c r="D23" t="s">
+        <v>96</v>
+      </c>
+      <c r="E23" t="s">
+        <v>97</v>
+      </c>
+      <c r="F23" t="s">
+        <v>98</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H23" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>109</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>110</v>
+      </c>
+      <c r="D24" t="s">
+        <v>96</v>
+      </c>
+      <c r="E24" t="s">
+        <v>97</v>
+      </c>
+      <c r="F24" t="s">
+        <v>98</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H24" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>113</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>114</v>
+      </c>
+      <c r="D25" t="s">
+        <v>96</v>
+      </c>
+      <c r="E25" t="s">
+        <v>97</v>
+      </c>
+      <c r="F25" t="s">
+        <v>98</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H25" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>117</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>118</v>
+      </c>
+      <c r="D26" t="s">
+        <v>96</v>
+      </c>
+      <c r="E26" t="s">
+        <v>97</v>
+      </c>
+      <c r="F26" t="s">
+        <v>98</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H26" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>121</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>122</v>
+      </c>
+      <c r="D27" t="s">
+        <v>96</v>
+      </c>
+      <c r="E27" t="s">
+        <v>97</v>
+      </c>
+      <c r="F27" t="s">
+        <v>98</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H27" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>125</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>126</v>
+      </c>
+      <c r="D28" t="s">
+        <v>96</v>
+      </c>
+      <c r="E28" t="s">
+        <v>97</v>
+      </c>
+      <c r="F28" t="s">
+        <v>98</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H28" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>129</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>130</v>
+      </c>
+      <c r="D29" t="s">
+        <v>96</v>
+      </c>
+      <c r="E29" t="s">
+        <v>97</v>
+      </c>
+      <c r="F29" t="s">
+        <v>98</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H29" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>133</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>134</v>
+      </c>
+      <c r="D30" t="s">
+        <v>96</v>
+      </c>
+      <c r="E30" t="s">
+        <v>97</v>
+      </c>
+      <c r="F30" t="s">
+        <v>98</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H30" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>137</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>138</v>
+      </c>
+      <c r="D31" t="s">
+        <v>96</v>
+      </c>
+      <c r="E31" t="s">
+        <v>97</v>
+      </c>
+      <c r="F31" t="s">
+        <v>98</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H31" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>141</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>142</v>
+      </c>
+      <c r="D32" t="s">
+        <v>96</v>
+      </c>
+      <c r="E32" t="s">
+        <v>97</v>
+      </c>
+      <c r="F32" t="s">
+        <v>98</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H32" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>145</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>146</v>
+      </c>
+      <c r="D33" t="s">
+        <v>96</v>
+      </c>
+      <c r="E33" t="s">
+        <v>97</v>
+      </c>
+      <c r="F33" t="s">
+        <v>98</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H33" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>149</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>150</v>
+      </c>
+      <c r="D34" t="s">
+        <v>96</v>
+      </c>
+      <c r="E34" t="s">
+        <v>97</v>
+      </c>
+      <c r="F34" t="s">
+        <v>98</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H34" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>153</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>154</v>
+      </c>
+      <c r="D35" t="s">
+        <v>96</v>
+      </c>
+      <c r="E35" t="s">
+        <v>97</v>
+      </c>
+      <c r="F35" t="s">
+        <v>98</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H35" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>157</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>158</v>
+      </c>
+      <c r="D36" t="s">
+        <v>96</v>
+      </c>
+      <c r="E36" t="s">
+        <v>97</v>
+      </c>
+      <c r="F36" t="s">
+        <v>98</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H36" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>161</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>162</v>
+      </c>
+      <c r="D37" t="s">
+        <v>96</v>
+      </c>
+      <c r="E37" t="s">
+        <v>97</v>
+      </c>
+      <c r="F37" t="s">
+        <v>98</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H37" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>166</v>
+      </c>
+      <c r="D38" t="s">
+        <v>96</v>
+      </c>
+      <c r="E38" t="s">
+        <v>97</v>
+      </c>
+      <c r="F38" t="s">
+        <v>98</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H38" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>169</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>170</v>
+      </c>
+      <c r="D39" t="s">
+        <v>96</v>
+      </c>
+      <c r="E39" t="s">
+        <v>97</v>
+      </c>
+      <c r="F39" t="s">
+        <v>98</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H39" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>173</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>174</v>
+      </c>
+      <c r="D40" t="s">
+        <v>96</v>
+      </c>
+      <c r="E40" t="s">
+        <v>97</v>
+      </c>
+      <c r="F40" t="s">
+        <v>98</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H40" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>177</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>178</v>
+      </c>
+      <c r="D41" t="s">
+        <v>96</v>
+      </c>
+      <c r="E41" t="s">
+        <v>97</v>
+      </c>
+      <c r="F41" t="s">
+        <v>98</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H41" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>181</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>182</v>
+      </c>
+      <c r="D42" t="s">
+        <v>96</v>
+      </c>
+      <c r="E42" t="s">
+        <v>97</v>
+      </c>
+      <c r="F42" t="s">
+        <v>98</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="H42" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>185</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>186</v>
+      </c>
+      <c r="D43" t="s">
+        <v>96</v>
+      </c>
+      <c r="E43" t="s">
+        <v>97</v>
+      </c>
+      <c r="F43" t="s">
+        <v>98</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H43" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>189</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>190</v>
+      </c>
+      <c r="D44" t="s">
+        <v>96</v>
+      </c>
+      <c r="E44" t="s">
+        <v>97</v>
+      </c>
+      <c r="F44" t="s">
+        <v>98</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H44" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>193</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>194</v>
+      </c>
+      <c r="D45" t="s">
+        <v>96</v>
+      </c>
+      <c r="E45" t="s">
+        <v>97</v>
+      </c>
+      <c r="F45" t="s">
+        <v>98</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H45" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>197</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>198</v>
+      </c>
+      <c r="D46" t="s">
+        <v>96</v>
+      </c>
+      <c r="E46" t="s">
+        <v>97</v>
+      </c>
+      <c r="F46" t="s">
+        <v>98</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H46" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>201</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>202</v>
+      </c>
+      <c r="D47" t="s">
+        <v>96</v>
+      </c>
+      <c r="E47" t="s">
+        <v>97</v>
+      </c>
+      <c r="F47" t="s">
+        <v>98</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H47" t="s">
+        <v>204</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>