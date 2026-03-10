--- v0 (2025-12-01)
+++ v1 (2026-03-10)
@@ -10,3416 +10,3641 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2240" uniqueCount="1118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2392" uniqueCount="1193">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Abono de Falta</t>
   </si>
   <si>
     <t>Gilsemar Honnef</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/681/abono_de_falta_no_001-2025_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/681/abono_de_falta_no_001-2025_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 14 de janeiro de 2025.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Debora Busatto</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/697/abono_de_falta_no_002-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/697/abono_de_falta_no_002-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 04 de fevereiro de 2025.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Carlos Alexandre Lyra</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/798/abono_de_falta_no_003-2025_-_alexandre.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/798/abono_de_falta_no_003-2025_-_alexandre.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 27 de maio de 2025.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/874/abono_de_falta_no_004-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/874/abono_de_falta_no_004-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 19 de agosto de 2025.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Ezequiel Tavares</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/895/abono_de_falta_no_005-2025_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/895/abono_de_falta_no_005-2025_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 16 de setembro de 2025.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/941/abono_de_falta_no_006-2025_-_alexandre.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/941/abono_de_falta_no_006-2025_-_alexandre.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 11 de novembro de 2025.</t>
   </si>
   <si>
+    <t>969</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/969/abono_de_falta_no_007-2025_-_ezequiel.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 16 de dezembro de 2025.</t>
+  </si>
+  <si>
     <t>756</t>
   </si>
   <si>
     <t>MCR</t>
   </si>
   <si>
     <t>Moção de Congratulações e Reconhecimento</t>
   </si>
   <si>
     <t>Claudiomiro Severo</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/756/mocao_de_reconhecimento_no_001-2025_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/756/mocao_de_reconhecimento_no_001-2025_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, no uso de suas atribuições legais, e após ouvido o Plenário, solicita a Vossa Excelência que encaminhe esta Moção de Reconhecimento para reconhecer e parabenizar os atletas Alison Bernardi Raquelli e Arthur de Paulo pela sua destacada participação em competições de velocross, levando o nome do nosso município com garra, dedicação e espírito esportivo.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/876/mocao_de_reconhecimento_no_002-2025_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/876/mocao_de_reconhecimento_no_002-2025_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais, depois de ouvido o plenário e merecida a Aprovação, solicita a Vossa Excelência que encaminhe esta Moção de Reconhecimento e Aplausos aos CAVALEIROS DE LAGOA BONITA DO SUL, os Senhores, ROBSON MORAES, DARLAN LUCAS, JURANDIR MACIEL (Cebolinha), EJAIR MELCHIOR (Nêne), ROMAR LUCAS e CAIO SCOTA, os quais representaram nosso município no evento da Geração e Distribuição da Chama Crioula, no município de Caxias do Sul.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>Janaína Freese</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/884/mocao_de_reconhecimento_no_003-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/884/mocao_de_reconhecimento_no_003-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, no uso de suas atribuições legais, após ouvido o plenário e obtida a devida aprovação, solicita a Vossa Excelência que seja encaminhada a presente Moção de Reconhecimento às Técnicas em Enfermagem e Vacinadoras do Município de Lagoa Bonita do Sul, Sras. Fernanda de Moura Pens, Priscila Eliane Fortes Silveira e Maria Cristina Chiapinotto, Enfermeira RT, pelas quais se expressa o devido reconhecimento público.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/896/mocao_de_reconhecimento_no_004-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/896/mocao_de_reconhecimento_no_004-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, no uso de suas atribuições legais, após ouvido o Plenário e merecida a aprovação, propõe que seja encaminhada a presente MOÇÃO DE RECONHECIMENTO ao CTG Garrão de Potro, pela bela iniciativa realizada durante a Semana Farroupilha.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/897/mocao_de_reconhecimento_no_005-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/897/mocao_de_reconhecimento_no_005-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, no uso de suas atribuições legais e regimentais, após ouvido o plenário e obtida a devida aprovação, apresenta a presente Moção de Reconhecimento ao Grupo da Terceira Idade “Vale a Pena Viver”, do município de Lagoa Bonita do Sul, pela brilhante realização de seu baile festivo, ocorrido no dia 20 de setembro do decorrente ano.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/950/mocao_de_reconhecimento_no_006-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/950/mocao_de_reconhecimento_no_006-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, no uso de suas atribuições legais e regimentais, após ouvido o plenário e obtida a devida aprovação, apresenta a presente Moção de Reconhecimento às Conselheiras Tutelares de Lagoa Bonita do Sul.</t>
   </si>
   <si>
+    <t>964</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/964/mocao_de_reconhecimento_no_007-2025_-_debora.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que esta subscreve, no uso de suas atribuições legais e regimentais, após ouvido o plenário e obtida a devida aprovação, apresenta a presente Moção de Reconhecimento aos emancipacionistas do município de Lagoa Bonita do Sul, pelos relevantes serviços prestados e pela contribuição histórica na conquista da autonomia municipal.</t>
+  </si>
+  <si>
     <t>721</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
     <t>Debora Busatto, Antonio Lovatto Possebon, Carlos Alexandre Lyra, Claudiomiro Severo, Ezequiel Tavares, Gilsemar Honnef, Janaína Freese, Olavo da Rosa, Vinícius Alfredo Neu</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/721/mocao_de_apoio_001-2025_-_projeto_luiz_carlos_heinze.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/721/mocao_de_apoio_001-2025_-_projeto_luiz_carlos_heinze.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Vereadores de Lagoa Bonita do Sul/RS, por iniciativa da Vereadora DÉBORA BUSATTO, Vereadora PP, no uso de suas atribuições legais e regimentais, manifesta, por meio desta Moção de Apoio, seu respaldo integral ao Projeto de Lei apresentado pelo Senador Luiz Carlos Heinze, que visa a instituição de um programa de securitização das dividas dos produtores rurais do Rio Grande do Sul, com o objetivo de oferecer condições mais favoráveis para a renegociação das dividas acumuladas em razão das recorrentes estiagens que assolam o Estado.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>Carlos Alexandre Lyra, Antonio Lovatto Possebon, Debora Busatto, Ezequiel Tavares, Gilsemar Honnef, Janaína Freese, Olavo da Rosa, Sandra Palhano Ceschini, Vinícius Alfredo Neu</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/776/mocao_de_apoio_002-2025_-_ipe_saude.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/776/mocao_de_apoio_002-2025_-_ipe_saude.pdf</t>
   </si>
   <si>
     <t>Os vereadores que abaixo assinam, por iniciativa do Vereador Carlos Alexandre Lyra, no uso de suas atribuições legais e regimentais, manifestam, por meio desta Moção de Apoio, solidariedade a todos os usuários do Instituto de Previdência do Rio Grande do Sul - IPE SAÚDE, com fim de apoiar a formação de uma COMISSÃO PARLAMENTAR DE INQUÉRITO - CPI para investigar o IPE SAÚDE em âmbito estadual.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/937/mocao_de_apoio_003-2025_-comissao_especial_em_defesa_do_setor_do_tabaco.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/937/mocao_de_apoio_003-2025_-comissao_especial_em_defesa_do_setor_do_tabaco.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, no uso de suas atribuições legais e regimentais, vem apresentar à apreciação desta Casa Legislativa a presente MOÇÃO DE APOIO À COMISSÃO ESPECIAL EM DEFESA DO SETOR DO TABACO E DE ACOMPANHAMENTO DA COP-11, instituída pela União dos Vereadores do Rio Grande do Sul – UVERGS.</t>
   </si>
   <si>
+    <t>966</t>
+  </si>
+  <si>
+    <t>MR</t>
+  </si>
+  <si>
+    <t>Moção de Repúdio</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/966/mocao_de_repudio_001-2025-debora.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora Débora Busatto juntamente com os demais Vereadores que esta subscrevem, vem por meio desta, na forma regimental, solicitarem providências urgentes quanto à constante falta de abastecimento de água no município de Lagoa Bonita do Sul.</t>
+  </si>
+  <si>
     <t>766</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/766/pedido_informacao_001-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/766/pedido_informacao_001-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal informe qual valor gasto pela Prefeitura mensal em manutenção de seus veículos e maquinários pago para oficinas do município incluindo gastos em borracharia.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/795/pedido_informacao_002-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/795/pedido_informacao_002-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal informe o por que os motoristas do Município quando em viagem recebem uma diária mas perde o valor do Vale-Alimentação referente ao dia que viajou, mesmo que seja feita uma viagem curta, onde recebe apenas meia diária, e o porquê quando o funcionário sai de férias ou quando esta de atestado não recebe o vale-alimentação.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/938/pedido_informacao_003-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/938/pedido_informacao_003-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal encaminhe ao Escritório Municipal da EMATER/RS, para que envie a esta Casa Legislativa os seguintes esclarecimentos referentes à seleção das famílias beneficiadas pelo Programa Terra Forte, no Município de Lagoa Bonita do Sul.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/942/pedido_informacao_004-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/942/pedido_informacao_004-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal encaminhe ao Escritório Municipal da EMATER/RS, para que envie a esta Casa Legislativa os seguintes esclarecimentos: 1. A lista completa de todos os inscritos do município no Programa Terra Forte. 2. A relação dos beneficiários contemplados. 3. As razões pelas quais os demais inscritos NÃO foram contemplados. 4. Os critérios objetivos utilizados pela EMATER e apresentados ao Conselho Municipal para subsidiar a seleção dos nomes indicados ao programa. 5. Informar se conselheiros municipais foram contemplados. 6. Justificar por que não foram contemplados jovens agricultores, já que o programa prevê incentivo e prioridade à juventude rural, enquanto pessoas já aposentadas foram selecionadas. 7. Encaminhar as notas técnicas, pareceres e documentos emitidos pela EMATER que subsidiaram a decisão final dos beneficiários.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/705/pedido_de_providencia_001-2025_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/705/pedido_de_providencia_001-2025_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que seja feito substituição dos bueiros em Linha Alta Fundos na descida para o Araçá em frente à residência do Senhor Lauro Lach.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>Vinícius Alfredo Neu</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/777/pedido_de_providencia_002-2025_-vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/777/pedido_de_providencia_002-2025_-vinicius.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal encaminhe a Secretaria competente para que providencie, com maior agilidade, a troca das lâmpadas no interior do município.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/794/pedido_de_providencia_003-2025_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/794/pedido_de_providencia_003-2025_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que seja feito substituição dos bueiros em Linha Alta Fundos, na descida para o Araçá, em frente à residência do Senhor Lauro Lach.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/800/pedido_de_providencia_004-2025_-janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/800/pedido_de_providencia_004-2025_-janaina.pdf</t>
   </si>
   <si>
     <t>Para que seja feito com urgência a substituição dos bueiros em Linha Alta Fundos na propriedade de Valdeni Marotz.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/838/pedido_de_providencia_005-2025_-janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/838/pedido_de_providencia_005-2025_-janaina.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal encaminhe a Secretaria competente para que seja feito com urgência a troca de lâmpadas em frente à casa do Senhor Elui Luiz Moser, na Rua Pedro Morais, pois encontram-se queimadas, bem como providencie a substituição das lâmpadas queimadas em outros locais que porventura pairam problemas. Ainda, sugere administração à criação de um canal de atendimento ao cidadão, especificamente para tratar sobre as questões de iluminação pública, que se sabe serem corriqueiras.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/879/pedido_de_providencia_006-2025_-janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/879/pedido_de_providencia_006-2025_-janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe a Secretaria competente para que seja feito melhorias junto à estrada de Linha Melchior próximo ao salão da comunidade até a entrada da comunidade de Linha Franceschet haja vista os diversos buracos que surgem após as chuvas, fato que coloca em risco não só os condutores de veículos automotores, mas todos que utilizam a via.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Para que sejam adotadas providências urgentes para a recuperação da estrada que dá acesso à residência do Sr. Leonel Puntel e da Sra. Salete Puntel, na comunidade de Linha Melchior, com colocação de material nos pontos mais críticos.</t>
   </si>
   <si>
+    <t>962</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/962/pedido_de_providencia_008-2025_-vinicius.pdf</t>
+  </si>
+  <si>
+    <t>Que o Executivo Municipal encaminhe a Secretaria competente para que providencie, a recuperação das estradas rurais das localidades de Arroio Grande e Várzea Grande, as quais se encontram em péssimas condições de trafegabilidade.</t>
+  </si>
+  <si>
     <t>873</t>
   </si>
   <si>
     <t>VP</t>
   </si>
   <si>
     <t>Voto de pesar</t>
   </si>
   <si>
     <t>Claudiomiro Severo, Antonio Lovatto Possebon, Carlos Alexandre Lyra, Debora Busatto, Ezequiel Tavares, Gilsemar Honnef, Janaína Freese, Olavo da Rosa, Vinícius Alfredo Neu</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/873/voto_de_pesar_001-2025_todos_vereadores.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/873/voto_de_pesar_001-2025_todos_vereadores.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem no uso de suas atribuições legais, solicitam a Vossa Excelência, que seja consignada por esta Casa Legislativa, Voto de Pesar pelo falecimento do Senhor AIRTON GELCI SCHIRMER, ocorrido no dia 25 de agosto deste ano. Que seja dado conhecimento à família enlutada.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/672/indicacao_no_001-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/672/indicacao_no_001-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que seja arrumado o aterro da estrada que cruza sobre a ponte da casa do Sr. Elizeu dos Santos com a retroescavadeira, em Várzea Grande.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/673/indicacao_no_002-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/673/indicacao_no_002-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que seja arrumado a estrada com cascalho e passar a patrola que dá acesso a casa do Sr. Nildo Jorge Rosa em Várzea Grande.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/674/indicacao_no_003-2025_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/674/indicacao_no_003-2025_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que seja colocado canos de bueiros no acesso em frente ao Ginásio Bonitão.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/675/indicacao_no_004-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/675/indicacao_no_004-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que seja avaliado na comunidade de Arroio Grande o transporte escolar que dá acesso à residência de Eldo Coelho.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/678/indicacao_no_005-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/678/indicacao_no_005-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que seja avaliado na comunidade de Linha Alta Fundos o transporte escolar que dá acesso à residência de Luciano Leal.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/679/indicacao_no_006-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/679/indicacao_no_006-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada a limpeza de um poço de água para uso animal na proprieda de de Luciano Leal na localidade de Linga Alta fundos com o uso de uma retroescavadeira.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/680/indicacao_no_007-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/680/indicacao_no_007-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que seja colocada uma parada de ônibus em frente à casa de Josieli Cardoso Puntel.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/682/indicacao_no_008-2025_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/682/indicacao_no_008-2025_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que se estude a possibilidade de construir um pórtico de entrada no Parque de Eventos Municipal.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/683/indicacao_no_009-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/683/indicacao_no_009-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que seja estudada a criação de um projeto para o CRAS voltado para jovens de 13 a 16 anos com foco em fotografia, filmagem e design. O projeto jovens criadores - fotografia, filmagem e design no CRAS.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/684/indicacao_no_010-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/684/indicacao_no_010-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja construído uma meia aba na chegada da creche.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/685/indicacao_no_011-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/685/indicacao_no_011-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja construído uma cobertura na secretaria de obras que de seguimento a que já existe, pois a patrulha agrícola fica exposta ao mau tempo, sendo danificada e perdendo valor.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/694/indicacao_no_012-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/694/indicacao_no_012-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que seja feita roçadas nas margens da estrada da Travessa Pens.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/695/indicacao_no_013-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/695/indicacao_no_013-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que seja feita roçadas das margens da estrada da Linha Melchior.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/696/indicacao_no_014-2025_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/696/indicacao_no_014-2025_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que seja colocado uma parada de ônibus na propriedade da Senhora Vanderleia Produrutti em Arroio Grande.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/698/indicacao_no_015-2025_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/698/indicacao_no_015-2025_ezequiel.pdf</t>
   </si>
   <si>
     <t>Para que seja encaminhada ao Executivo Municipal a possibilidade da Criação do Festival Municipal de Teatro Estudantil.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/699/indicacao_no_016-2025_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/699/indicacao_no_016-2025_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Para que seja encaminhada ao Executivo Municipal a possibilidade de fornecimento gratuito de material escolar e uniforme para os alunos da Rede Municipal.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Olavo da Rosa</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/700/indicacao_no_017-2025_-_olavo.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/700/indicacao_no_017-2025_-_olavo.pdf</t>
   </si>
   <si>
     <t>Para que seja colocado um bueiro na entrada da propriedade do Senhor Pedro dos Santos, em Entrada da Várzea.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/701/indicacao_no_018-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/701/indicacao_no_018-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que seja criado grupos voltados à saúde da mulher, através de atividades físicas.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/702/indicacao_no_019-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/702/indicacao_no_019-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que veja a possibilidade de ser feita a construção de uma arquibancada nos fundos da pista de rodeio, visando melhorar a infraestrutura do local e oferecer maior conforto e segurança ao público que prestigia os eventos realizados nesse espaço.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/706/indicacao_no_020-2025_alexandre.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/706/indicacao_no_020-2025_alexandre.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade da aquisição de um Caminhão compactador equipado para recolhimento de lixo.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/707/indicacao_no_021-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/707/indicacao_no_021-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao setor competente que providencie a pintura dos quebra-mola da cidade.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/708/indicacao_no_022-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/708/indicacao_no_022-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que estude a possibilidade da colocação de exaustores e ventiladores no Ginásio Bonitão.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao_no_023-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao_no_023-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja criado o cargo de Zelador para o parque municipal de eventos.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/710/indicacao_no_024-2025_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/710/indicacao_no_024-2025_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que seja colocado uma placa indicativa de degrau de declívio no Cerro da Linha Alta (Cerro do Adão).</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/711/indicacao_no_025-2025_-_olavo.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/711/indicacao_no_025-2025_-_olavo.pdf</t>
   </si>
   <si>
     <t>Para que seja feito uma parada de ônibus em frente a propriedade do Senhor Elizeu Priebe em Linha Alta Fundos.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/722/indicacao_no_026-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/722/indicacao_no_026-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade de adquirir um tanque pipa, e/ ou caminhão pipa adaptado para combate de pequenos incêndios, ou até mesmo para evitar grandes incêndios.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/723/indicacao_no_027-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/723/indicacao_no_027-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade de implantar Campanha de Doação de Alimentos não Perecíveis, nas finais dos jogos rurais da AJURLABS, que aconteceram no mês de abril no Município.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/724/indicacao_no_028-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/724/indicacao_no_028-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade de organizar uma feira aos Artesão do Município, como forma de fomentar o artesanato local e incentivar a valorização da cultura e da economia criativa no Município periodicamente uma vez ao mês.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/725/indicacao_no_029-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/725/indicacao_no_029-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que veja a possibilidade de equipar os operários que trabalham recolhendo resíduos sólidos, com equipamentos de Proteção individual, tais como: Luvas de proteção, botinas de segurança, máscara de proteção, protetor auricular, protetor solar e uniforme.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/726/indicacao_no_030-2025_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/726/indicacao_no_030-2025_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal estude a possibilidade de fazer uma rampa no almoxarifado.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/727/indicacao_no_031-2025_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/727/indicacao_no_031-2025_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Para que seja encaminhada ao Executivo Municipal a possibilidade de ser feita a implantação de salas de recursos multifuncionais nas escolas de Rede municipal de Ensino, visando promover a inclusão e oferecer suporte especializado a alunos com deficiência, transtorno de aspecto autista e com dificuldades de aprendizado.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/728/indicacao_no_032-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/728/indicacao_no_032-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja construído uma cobertura na cancha de bochas do parque de eventos.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/729/indicacao_no_033-2025_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/729/indicacao_no_033-2025_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que seja construída uma parada de ônibus na entrada da propriedade do Senhor Mauricio Ponciano Garcia, na localidade do Pilão.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/733/indicacao_no_035-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/733/indicacao_no_035-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal veja a possibilidade de propor a implementação de monitoramento veicular nos automóveis pertencentes a Administração Pública Municipal.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/734/indicacao_no_035-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/734/indicacao_no_035-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao setor competente, a possibilidade de que seja construída uma parada de ônibus onde dá acesso a propriedade de Luciano Leal na localidade de Linha Alta Fundos.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/735/indicacao_no_036-2025_-_alexandre.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/735/indicacao_no_036-2025_-_alexandre.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada a construção de canalização pluvial em frente ao Ginásio Bonitão.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/736/indicacao_no_037-2025_-_alexandre.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/736/indicacao_no_037-2025_-_alexandre.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada a construção de calçamento em frente ao Ginásio Bonitão.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/737/indicacao_no_038-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/737/indicacao_no_038-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que seja construído um quebra-molas próximo a propriedade de Elias Y Castro.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/741/indicacao_no_039-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/741/indicacao_no_039-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal faça um estudo da viabilidade do fornecimento de cisternas para captação de água da chuva em propriedades rurais do município de Lagoa Bonita do Sul.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/742/indicacao_no_040-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/742/indicacao_no_040-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através da Secretaria Municipal de Assistência Social e Educação, possa estar estudando a possibilidade de implementar oficinas de Libra no CRAS.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/744/indicacao_no_041-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/744/indicacao_no_041-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal estude a possibilidade de construir uma quadra de areia no Parque Municipal de Eventos próximo a cancha a de bocha em meio as arvores para ter sombra.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/745/indicacao_no_042-2025_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/745/indicacao_no_042-2025_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que seja colocado bueiros na estrada próxima a propriedade do Senhor Marcos Castilhos em Linha Araçá.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/750/indicacao_no_043-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/750/indicacao_no_043-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que Executivo Municipal estude a possibilidade da aquisição de duas Grades Aradoras Globe e pés de pato para atender às demandas da agricultura do município.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/751/indicacao_no_044-2025_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/751/indicacao_no_044-2025_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que seja feita a poda das arvores nas ruas do Município.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/753/indicacao_no_045-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/753/indicacao_no_045-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao setor competente a possibilidade de que seja feita o plantio de árvores em todas as ruas que ainda não possui no Município.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/754/indicacao_no_046-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/754/indicacao_no_046-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja construído um quebra molas em frente a Mecânica Cebolão.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/760/indicacao_no_047-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/760/indicacao_no_047-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para realizar a limpeza (Roçada) das laterais das estradas rurais municipais.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_no_048-2025_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_no_048-2025_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Para que faça a manutenção da estrada do Campos Novos.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/762/indicacao_no_049-2025_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/762/indicacao_no_049-2025_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Para que faça a recuperação do quebra-molas em frente à igreja.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/763/indicacao_no_050-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/763/indicacao_no_050-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que seja construída uma ponte nova que da acesso a moradia de Custodio Lucas da Rosa, onde a que tinha foi destruída pela enchente de maio de 2024.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/764/indicacao_no_051-2025_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/764/indicacao_no_051-2025_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que seja colocado lixeira no Parque Municipal de Eventos.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/765/indicacao_no_052-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/765/indicacao_no_052-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao Setor competente a sugestão de que seja construído no município um moinho colonial contendo um descascador de arroz e um moinho de farinha de milho.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/769/indicacao_no_053-2025_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/769/indicacao_no_053-2025_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que faça uma parada de ônibus em frente a propriedade do Senhor Aldonei Israel da Silva em Várzea Grande.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_no_054-2025_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_no_054-2025_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que veja a possibilidade de comprar um Selecionador de grãos.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_no_055-2025_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_no_055-2025_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que faça a recuperação da ponte que da acesso a propriedade da família Lucas em Campos Novos.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/779/indicacao_no_056-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/779/indicacao_no_056-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao Setor competente esta indicação com o objetivo de sugerir à Administração Municipal, a adoção da seguinte medida político administrativa de interesse da comunidade: - Promova esforços em adquirir ou receber (através de convênio com o estado) uma máquina de sinalização viária.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/780/indicacao_no_057-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/780/indicacao_no_057-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao Setor competente a presente indicação com o objetivo de sugerir à administração municipal, a adoção da seguinte medida político administrativa de interesse da comunidade - Proceder, com a implantação/ construção de um parque (playground) contendo brinquedos educativos no parque municipal de eventos.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/781/indicacao_no_058-2025_-_alexandre.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/781/indicacao_no_058-2025_-_alexandre.pdf</t>
   </si>
   <si>
     <t>Para que seja construído um quebra-molas em frente a EMEI Criança Feliz.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_no_059-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_no_059-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao Setor competente a possibilidade de reabertura de um poço de água potável na localidade de Lagoa Baixada na propriedade de Andiara Palhano.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_no_060-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_no_060-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja construído uma parada de ônibus na entrada da Rua José Pedro Rathke.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_no_061-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_no_061-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que se estude a possibilidade de ser realizado novamente o evento cultural Bate Viola.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_no_062-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_no_062-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja colocado uma lixeira em frente a propriedade de Júlio Conti.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Sandra Palhano Ceschini</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_no_063-2025_-_sandra.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_no_063-2025_-_sandra.pdf</t>
   </si>
   <si>
     <t>Para que seja feita a adequação do redutor de velocidade (quebra-molas) localizado na Avenida José Luchese, em frente à igreja.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_no_064-2025_-_sandra.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_no_064-2025_-_sandra.pdf</t>
   </si>
   <si>
     <t>Para que seja feita uma parada de ônibus em Várzea Grande na localidade de Josefa Fabia dos Santos Vieira e Aldonei Israel da Silva.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/796/indicacao_no_065-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/796/indicacao_no_065-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal promova o aumento do número de câmeras de vigilância nos locais de maior movimento de nosso município, com especial ênfase nas comunidades rurais, a fim de fortalecer a segurança pública, prevenir a criminalidade e proporcionar um ambiente urbano mais seguro para todos os cidadãos.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/797/indicacao_no_066-2025_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/797/indicacao_no_066-2025_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que faça a troca das pranchas da ponte em frente a propriedade de Jari Conti, entre Linha Alta Fundos e Linha Araçá.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/799/indicacao_no_067-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/799/indicacao_no_067-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que faça a instalação de placas de “Proibido Jogar Lixo”.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_no_068-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_no_068-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal, por meio da Secretaria Municipal de Saúde, providencie a disponibilização de um profissional de enfermagem para acompanhar a ambulância municipal durante os plantões e nos finais de semana, sob sistema de sobreaviso.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_no_069-2025_-_sandra.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_no_069-2025_-_sandra.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal estude a possibilidade de voltarem a promover a realização da “Taça da Lagoa” torneio de futebol que já era feita no município.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/804/indicacao_no_070-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/804/indicacao_no_070-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que seja construído um banheiro público em algum ponto do centro da cidade de Lagoa Bonita Do Sul.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_no_071-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_no_071-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Sugerir a administração municipal, a adoção da seguinte medida político administrativa de interesse da comunidade:  Com o objetivo de aprimorar a qualidade de vida da população idosa, crianças e pessoas com deficiência, em nosso município e, ao mesmo tempo, promover a qualificação profissional da comunidade, solicito que viabilize convênios para oferecer cursos gratuitos de capacitação profissional de cuidadores de idosos, cuidadores de crianças e cuidadores de pessoas com deficiência.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_no_072-2025_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_no_072-2025_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe a Secretária da Educação a criação do Programa “Escola Acessível” com o objetivo de promover a inclusão de alunos com deficiência e/ou necessidades especiais nas escolas da rede municipal.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/807/indicacao_no_073-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/807/indicacao_no_073-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que seja feita a realização de roçadas com trator na propriedade do senhor Pedro Evani Concatto em Várzea Grande.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/810/indicacao_no_074-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/810/indicacao_no_074-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja criado o Programa de Reflorestamento e Arborização.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/811/indicacao_no_075-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/811/indicacao_no_075-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao setor competente para_x000D_
 que seja feita:_x000D_
 - A elaboração e implantação do plano municipal de proteção e defesa civil: Este_x000D_
 plano deve abranger desde a prevenção até a recuperação de desastres, com ações_x000D_
 específicas para cada tipo de risco identificado no município._x000D_
 - ⁠Aquisição de equipamentos e materiais: solicitar recursos para a compra de_x000D_
 equipamentos de proteção individual (EPIs), ferramentas de busca e salvamento, e_x000D_
 materiais de primeiros socorros._x000D_
 - ⁠Capacitação e treinamento da equipe: promover cursos, treinamentos para equipe_x000D_
 da defesa civil, abrangendo desde técnicas de salvamento até o uso adequado de_x000D_
 equipamentos._x000D_
 - ⁠Campanhas de conscientização: desenvolver campanhas informativas para a_x000D_
 população, ensinando sobre riscos, como agir em situações de emergência e como se_x000D_
 proteger._x000D_
 - ⁠Parcerias com órgãos e instituições: buscar parcerias com outras secretarias_x000D_
 municipais, órgãos estaduais e federais (como a defesa civil estadual), além de</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_no_076-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_no_076-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que seja feita a realização de roçadas com trator na propriedade do Senhor Almeri Ivo Pribe em Linha Alta Fundos.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/814/indicacao_no_077-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/814/indicacao_no_077-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que seja providenciada a colocação de bueiros na estrada que dá acesso à residência do Sr. Almeri Ivo Pribe.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/818/indicacao_no_078-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/818/indicacao_no_078-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que seja instalado em caráter de urgência, a rede de iluminação pública que dá acesso à casa de dona Terezinha Santana Lourenço.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/819/indicacao_no_079-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/819/indicacao_no_079-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que vise disponibilizar repelente e protetor solar para os agricultores do município.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_no_080-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_no_080-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que estude a possibilidade de modernização do espaço da biblioteca Municipal, a criação de uma biblioteca digital para acesso remoto a livros e outros materiais. Além disso, é importante investir na aquisição de livros novos e edições recentes, bem como na promoção de atividades culturais e educativas que valorizem o espaço.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_no_081-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_no_081-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Que Poder Executivo Municipal realize estudos técnicos e administrativos visando à transformação das escolas municipais que estão desativadas em um Centro Comunitário de Multiuso, a fim de atender às diversas necessidades da comunidade local.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_no_082-2025_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_no_082-2025_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal estude a possibilidade da criação do Programa “Campo Forte” – Incentivo à Agricultura Familiar e ao Pequeno Produtor Rural.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_no_083-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_no_083-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade de conceder ao servidor público municipal folga no dia do seu aniversário, seja efetivo, comissionado ou contratado, sem qualquer prejuízo a remuneração ou vantagens do servidor. A concessão da folga dependerá de solicitação prévia do servidor a sua chefia imediata, com antecedência, e quando o dia do aniversário coincidir com a data final de semana ou outros feriados, a dispensa dar-se-á na semana subsequente.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_no_084-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_no_084-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que seja instalada novas luminárias próximas à residência de Luís Alexandre Pens e Marizete Pens, na comunidade de Lagoa Baixada.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_no_085-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_no_085-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Que Poder Executivo Municipal estude a possibilidade de Implantação de um programa de Ronda Escolar Comunitária nas escolas da rede municipal.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_no_086-2025_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_no_086-2025_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que seja construído um quebra-molas em frente a Escola Municipal Rainha dos Apóstolos, em Várzea Grande.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_no_087-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_no_087-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que faça o mais breve possível o patrolamento da Rua Alcides Ferraz da Silva, rua ao lado da moradia do Roque Rachor, situada neste Município.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_no_088-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_no_088-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminha a Secretaria competente afim de sugerir um vale-feira destinado aos servidores públicos do município, bem como estabelecer e fortalecer o vínculo com compras locais na feira da agricultura familiar do município de Lagoa Bonita Do Sul.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_no_089-2025_-_sandra.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_no_089-2025_-_sandra.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade de implantação do serviço de tratamento de canal no posto de saúde do nosso município.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_no_090-2025_-_sandra.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_no_090-2025_-_sandra.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade da contratação de um(a) médico(a) pediatra ou a celebração de convênio para atendimento pediátrico à população do município.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_no_091-2025_-_sandra.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_no_091-2025_-_sandra.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe a Secretaria competente para que seja realizado o calçamento na rua Professor José Luiz Radtke, na chegada da cidade e ser colocado placa com seu nome.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_no_092-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_no_092-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que Poder Executivo Municipal estude a possibilidade de ser realizado estudo técnico e urbanístico com o objetivo de criar um Bairro Industrial no município, destinado à instalação de empresas, indústrias, galpões logísticos e empreendimentos voltados à produção e geração de emprego.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_no_093-2025_-_sandra.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_no_093-2025_-_sandra.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, por meio da Secretaria Municipal de Assistência Social estude a viabilidade de implantação de um programa de moradia popular destinado a famílias em situação de vulnerabilidade social, com prioridade para aquelas que vivem em condições precárias, especialmente com presença de idosos, crianças e pessoas com deficiência.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_no_094-2025_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_no_094-2025_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao setor competente, para que seja feita a recuperação da estrada que dá acesso à propriedade da Senhora Leonora dos Santos em Arroio Grande.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_no_095-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_no_095-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada a abertura e alargamento das curvas da estrada do Arroio Grande, tendo em vista que atualmente são curvas muito fechadas, dificultando a trafegabilidade de veículos, especialmente caminhões e máquinas agrícolas.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/849/indicacao_no_096-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/849/indicacao_no_096-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminha a Secretaria competente que seja disponibilizado para as pessoas com TEA ou seus respectivos responsáveis, adesivo com o "símbolo mundial do espectro autista", sendo: "Quebra-cabeça colorido" ou colar com "quebra-cabeça" ou "Infinito Colorido", para serem instalados nos carros como forma de identificação no trânsito, permitindo o uso devido das vagas de estacionamento exclusivo para deficientes, assim como, tornar o trânsito um ambiente de maior empatia aos motoristas com TEA que trafegam diariamente nas vias públicas.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_no_097-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_no_097-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade de o município fazer sessão de um servidor aos Correios, visando compor o atendimento na agência local.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/855/indicacao_no_098-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/855/indicacao_no_098-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao setor competente, para que seja realizada a recuperação da estrada de Linha Melchior.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_no_099-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_no_099-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao setor competente, para que faça a troca de iluminação do pórtico da cidade, as luzes da parte de quem vem do Passa Sete não estão funcionando.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_no_100-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_no_100-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao setor competente, para que faça a troca das lâmpadas em frente a propriedade de Nelci Vaz e da Propriedade de Luiz Carlos Vaz, em Campos Novos, bem como faça a recuperação do telhado da parada de ônibus na mesma propriedade.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_no_101-2025_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_no_101-2025_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal estude a possibilidade de aquisição de novos implementos agrícolas, visando reforçar e ampliar a frota já existente, que atualmente atende os produtores rurais do nosso município por meio da Secretaria Municipal da Agricultura.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_no_102-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_no_102-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal estude a viabilidade de adquirir uma área de terra que possua material de cascalho, com o objetivo de garantir fonte própria e regular de extração, e que promova sua devida legalização junto aos órgãos ambientais competentes, visando ao uso contínuo e sustentável do material na recuperação e manutenção das estradas do interior do município.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/860/indicacao_no_103-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/860/indicacao_no_103-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal estude a possibilidade e viabilidade de criação do Programa Municipal de Apoio ao Atleta, destinando a incentivar, valorizar e apoiar os atletas de Lagoa Bonita do Sul.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_no_104-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_no_104-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe à Secretaria da Educação, para que estude a possibilidade de constar nos currículos escolares conteúdo acerca da prevenção da violência contra a criança, o adolescente e a mulher, e também a criação da semana escolar de combate à violência contra mulher.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_no_105-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_no_105-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe a Secretaria competente para que estude a possibilidade da recuperação e ampliação da ponte próxima à casa de Eládio Bavaresco na Travessa Pens, se procedam medidas para aumentar a vazão de água da ponte.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/863/indicacao_no_106-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/863/indicacao_no_106-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade da ampliação do número de parcelas do IPTU, e a concessão de descontos para pagamento à vista, a vigorar a partir do ano de 2026.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/864/indicacao_no_107-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/864/indicacao_no_107-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe a Secretaria de Educação, Cultura e Desporto, para que seja trabalhado nas Escolas Municipais o Papel Executivo e Legislativo Municipal visando aproximar jovens do poder Legislativo Municipal, permitindo que eles compreendam o funcionamento da Câmara e participem ativamente da vida política local.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_no_108-2025_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_no_108-2025_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal encaminhe à Secretaria competente para que estude a possibilidade de ser feita com antecipação a licitação de locação de máquinas.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/868/indicacao_no_109-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/868/indicacao_no_109-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade de disponibilizar sinal de internet Wi-Fi gratuito na futura Praça das Águas e também no centro da cidade para as pessoas que necessitarem, ou estiverem circulando no município e na praça as pessoas que vierem usar para descanso e lazer.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_no_110-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_no_110-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade de adquirir tablets para os Agentes Comunitários de Saúde.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_no_111-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_no_111-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal estude a possibilidade de implantar um programa de incentivo à permanência no campo, com políticas públicas voltadas ao fortalecimento da agricultura familiar e ao desenvolvimento rural sustentável.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_no_112-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_no_112-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade de fazer a aquisição da cartilha intitulada "Sou Diferente, E Daí? Tem Lugar Aí Para Mim?", escrita por Aline Campos, para distribuição na rede pública de ensino como forma de conscientização.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_no_113-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_no_113-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao Setor Competente para que estude a possibilidade da:  Criação de grupos de mulheres no interior para apoio psicológico especializado contando com o apoio de profissionais já existentes no município e EMATER; Criação do Conselho de Direitos da Mulher; Atendimento especializado e humanizado para mulheres especialmente para aquelas que se encontram em vulnerabilidade social.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_no_114-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_no_114-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal encaminhe a Secretaria de Educação para que estude a possibilidade de ser firmada parceria com universidades e instituições de ensino superior para o desenvolvimento de projetos educacionais em nossas escolas municipais.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/878/indicacao_no_115-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/878/indicacao_no_115-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal encaminhe a Secretaria de Educação para que estude a possibilidade de ser criado um Programa de Educação Ambiental nas Escolas Municipais.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_no_116-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_no_116-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que faça com urgência a recuperação do trecho da rua Alcides Ferraz da Silva onde dá acesso à residência de Wesley Antônio Tavares, a situação atual da via causa sérios transtornos com a dificuldade de acesso à residência em dias de chuva, quando se torna um lamaçal intransitável, dificultando a locomoção de veículos e pedestres.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_no_117-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_no_117-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao Setor Competente para que estude a possibilidade de realizar uma campanha de conscientização voltada à prevenção ao suicídio, durante o mês de setembro, em consonância com a mobilização nacional conhecida como Setembro Amarelo.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_no_118-2025_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_no_118-2025_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que seja feita a recuperação da estrada que dá acesso à propriedade do Senhor Midio Alves e demais moradores em Linha Melchior.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_no_119-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_no_119-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade de ser feita a revisão do valor da Bolsa-auxílio aos estagiários do CIEE, ressaltando o reconhecimento pelo trabalho desempenhado em todos os setores.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/887/indicacao_no_120-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/887/indicacao_no_120-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade de ser feita a escolha de uma flor e de uma árvore, como símbolos oficiais do município.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_no_121-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_no_121-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada a colocação de material de cascalho na Estrada Geral de Várzea Grande, em frente à propriedade do Sr. Claudionei Israel da Silva.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_no_122-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_no_122-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal encaminhe a Secretaria da Fazenda e Planejamento, para que estude a possibilidade da criação de um Programa de Recuperação Fiscal.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_no_123-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_no_123-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal estude a possibilidade da criação de um Balcão Único de Atendimento ao Empreendedor, visando facilitar a formalização de empresas e incentivar pequenos negócios voltados ao setor industrial.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_no_124-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_no_124-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal estude a possibilidade da criação de um Plano de Saúde para os Servidores Públicos Municipais.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_no_125-2025_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_no_125-2025_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao setor competente, para que seja colocado cascalho sobre o bueiro, em frente a propriedade do Senhor Lorinei Israel da Silva, em Várzea Grande.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_no_126-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_no_126-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade da criação de um Banco Municipal de Serviços e Profissionais Autônomos, destinado a cadastrar e divulgar trabalhadores disponíveis em diversas áreas, facilitando a conexão entre quem precisa contratar e quem busca oportunidades de trabalho.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/898/indicacao_no_127-2025_-_alexandre.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/898/indicacao_no_127-2025_-_alexandre.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao setor competente para que estude a possibilidade de distribuir gratuitamente cerca de 500 mudas de eucalipto para cada família do município.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/900/indicacao_no_128-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/900/indicacao_no_128-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe a Secretaria competente para que seja realizada melhorias na estrada de acesso à propriedade do Sr. Luciano Leal, na comunidade de Linha Alta Fundos.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_no_129-2025_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_no_129-2025_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal encaminhe à Secretaria competente para que estude a possibilidade de ser construído um quebra-molas próximo ao Posto de Saúde.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao_no_130-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao_no_130-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal encaminhe à Secretaria competente para que seja providenciado, com a máxima urgência, o serviço de plainado (nivelamento e regularização do terreno) na propriedade do Sr. Antônio Machado, localizada em Várzea Grande.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_no_131-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_no_131-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal encaminhe a Secretaria Competente para que faça a recuperação da Rua Alcides Ferraz da silva e seja feita a instalação de iluminação pública da mesma.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/906/indicacao_no_132-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/906/indicacao_no_132-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal estude a possibilidade de adquirir um caminhão adaptado para coleta de lixo no Município.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/907/indicacao_no_133-2025_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/907/indicacao_no_133-2025_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe à Secretaria competente para que estude a possibilidade de ser feito um quebra-molas na Rua Amadeus Bordignon, próximo a propriedade da Senhora Luciara Batista de Melo.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Antonio Lovatto Possebon</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/908/indicacao_no_134-2025_antonio.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/908/indicacao_no_134-2025_antonio.pdf</t>
   </si>
   <si>
     <t>Para que seja colocado um bueiro próximo às propriedades dos Senhores Ori Pens e Amauri Pens, na estrada geral, em Várzea Grande.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_no_135-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_no_135-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja construído uma parada de ônibus em frente à casa de Andiara Palhano na comunidade de Lagoa Bonita Baixada.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_no_136-2025_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_no_136-2025_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que seja colocado cascalho em alguns pontos da estrada de Várzea Grande.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_no_137-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_no_137-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a viabilidade de criar e implementar um Programa Municipal de Proteção de Nascentes de Água, com o objetivo de preservar, recuperar e conservar as fontes de água existentes no território municipal, por meio de ações de conscientização, apoio técnico e incentivo aos produtores rurais e proprietários de áreas com nascentes.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/913/indicacao_no_138-2025_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/913/indicacao_no_138-2025_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade de se fazer um Evento Artístico Cultural em nosso Município.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_no_139-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_no_139-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal estude a possibilidade de viabilizar a cessão de um veículo oficial para uso exclusivo do Conselho Tutelar deste município, visando o fortalecimento das ações de proteção e garantia dos direitos das crianças e adolescentes.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/919/indicacao_no_140-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/919/indicacao_no_140-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal encaminhe a Secretaria competente para que sejam tomadas providências para a realização de canalização com bueiros na estrada que dá acesso à propriedade do Senhor Narciso Unfer, situada na comunidade de Linha Alta Frente, interior deste município.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao_no_141-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao_no_141-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal realize um estudo técnico visando à perfuração de um novo poço artesiano ou mais um na localidade de Lagoa Bonita Baixada.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao_no_142-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao_no_142-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal encaminhe a Secretaria competente para que seja construída uma fonte drenada na propriedade do Sr. Paulo Rodrigues do Nascimento, situada na comunidade Alto Pilão, zona rural deste município.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao_no_143-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao_no_143-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal realize estudo técnico visando à concessão do adicional de insalubridade, especialmente aqueles em que os servidores desempenham atividades que possam expô-los a agentes insalubres, conforme previsão legal.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao_no_144-2025_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao_no_144-2025_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe ao setor competente, para que seja feito a recuperação da estrada que da acesso à Arroio Grande e a possibilidade de ser colocado um bueiro próximo ao desmoronamento da mesma estrada.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_no_145-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_no_145-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal encaminhe a Secretaria competente para que seja providenciada a colocação de brita na Rua Armínio Bernardi, a qual ainda não possui calçamento, visando amenizar os transtornos causados pela poeira excessiva nos períodos de estiagem.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_no_146-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_no_146-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal encaminhe a Secretaria competente para que seja realizada a recuperação e patrolamento da nova estrada que liga a localidade de Arroio Grande à Linha Alta Fundos.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_no_147-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_no_147-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal estude a possibilidade de Criação de um Centro Cultural Tradicionalista, vinculado ao CTG local, com o objetivo de preservar, valorizar e promover a cultura gaúcha e as tradições regionais.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_no_148-2025_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_no_148-2025_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade de ser aumentada a cobertura da frente do Posto de Saúde.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_no_149-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_no_149-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal estude a possibilidade de ser construído uma pracinha no Parque Municipal de Eventos de Lagoa Bonita do Sul.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/943/indicacao_no_150-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/943/indicacao_no_150-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que seja realizado o patrolamento e a devida melhoria na estrada que dá acesso à propriedade do senhor Emanuel Kesseler, na Linha Araçá.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_no_151-2025_-_vinicius.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_no_151-2025_-_vinicius.pdf</t>
   </si>
   <si>
     <t>Para que seja realizados reparos e melhorias nos bancos e nas churrasqueiras do Parque Municipal de Eventos, incluindo manutenção estrutural, pintura, substituição de partes danificadas e demais adequações necessárias.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/946/indicacao_no_152-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/946/indicacao_no_152-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe a Secretaria Municipal de Educação, que estude a possibilidade de implementar aulas e oficinas de Yoga nas escolas da rede municipal de ensino, para estudantes da Educação Infantil, Ensino Fundamental e Educação de Jovens e Adultos.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_no_153-2025_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_no_153-2025_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que seja estudada a possibilidade de colocar algum produto nas águas para eliminação dos focos dos mosquitos borrachudos.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_154-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_154-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo Municipal encaminhe a Secretaria da Saúde para que estude a possibilidade de destinar um dia da semana ou mensal, teria que ver a demanda na Unidade Básica de Saúde para atendimento médico voltado exclusivamente à renovação de receitas de medicamentos controlados.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/952/indicacao_no_155-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/952/indicacao_no_155-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja encaminhada ao setor competente, para que seja realizada a construção de um banheiro público na Avenida José Luchese.</t>
   </si>
   <si>
+    <t>954</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/954/indicacao_no_156-2025_-_ezequiel.pdf</t>
+  </si>
+  <si>
+    <t>Para que o Poder Executivo Municipal estude a viabilidade de criar o Programa “Aluno Nota 10” no âmbito da rede municipal de ensino.</t>
+  </si>
+  <si>
+    <t>955</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/955/indicacao_no_157-2025_-_janaina.pdf</t>
+  </si>
+  <si>
+    <t>Para que o Executivo Municipal estude a possibilidade de adquirir uma tobata equipada com carreto, destinada ao uso das agricultoras e feirantes de Lagoa Bonita do Sul, para melhorar as condições de trabalho e fortalecer a agricultura familiar.</t>
+  </si>
+  <si>
+    <t>956</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/956/indicacao_no_158-2025_-_vinicius.pdf</t>
+  </si>
+  <si>
+    <t>Para que seja levado uma carga de material de cascalho e feita a recuperação da estrada que vai à lavoura de João Vitor Israel da Silva em Várzea Grande.</t>
+  </si>
+  <si>
+    <t>957</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_no_159-2025_-_debora.pdf</t>
+  </si>
+  <si>
+    <t>Para que o Poder Executivo Municipal estude a possibilidade de providenciar convênio com o DETRAN/RS para o pagamento ou ressarcimento integral da taxa de renovação da Carteira Nacional de Habilitação (CNH) para os operadores de máquinas e demais servidores da Secretaria de Obras que utilizam veículos e equipamentos oficiais para o exercício de suas funções.</t>
+  </si>
+  <si>
+    <t>960</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/960/indicacao_no_160-2025_-_debora.pdf</t>
+  </si>
+  <si>
+    <t>Para que o Poder Executivo Municipal encaminhe a Secretaria competente para que no próximo ano letivo, seja analisado a possibilidade de implantar monitores nos veículos do transporte escolar para auxiliar as crianças menores que necessitam de maiores cuidados e também para que durante o percurso até a escola e o retorno para suas casas seja com segurança.</t>
+  </si>
+  <si>
+    <t>961</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/961/indicacao_no_161-2025_-_janaina.pdf</t>
+  </si>
+  <si>
+    <t>Para que o Executivo Municipal estude a possibilidade para que seja criado o Programa Municipal “Equipar o Campo”, com o objetivo de colocar à disposição dos agricultores roçadeiras, pulverizadores, motosserras, perfuradores de solo e outros equipamentos de uso agrícola, para utilização conforme regulamentação estabelecida pelo município.</t>
+  </si>
+  <si>
+    <t>963</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/963/indicacao_no_162-2025_-_claudiomiro.pdf</t>
+  </si>
+  <si>
+    <t>Para que o Executivo Municipal encaminhe a Secretaria competente para que seja feita a recuperação da estrada que liga Linha Alta Frente com Várzea Grande.</t>
+  </si>
+  <si>
+    <t>965</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/965/indicacao_no_163-2025_-_janaina.pdf</t>
+  </si>
+  <si>
+    <t>Para que o Executivo Municipal adote providências urgentes junto à CORSAN, concessionária responsável pelo abastecimento de água, visando à regularização imediata e contínua do fornecimento de água na Comunidade de Campos Novos, neste município.</t>
+  </si>
+  <si>
+    <t>967</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/967/indicacao_no_164-2025_-_debora.pdf</t>
+  </si>
+  <si>
+    <t>Para que o Poder Executivo Municipal estude a possibilidade de ser colocado transporte público para as comunidades do interior durante o período de férias escolares, com disponibilidade ao menos uma vez por semana.</t>
+  </si>
+  <si>
+    <t>968</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>Antonio Lovatto Possebon, Carlos Alexandre Lyra, Claudiomiro Severo, Debora Busatto, Ezequiel Tavares, Gilsemar Honnef, Janaína Freese, Olavo da Rosa, Vinícius Alfredo Neu</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/968/indicacao_no_165-2025_-_todos_os_vereadores.pdf</t>
+  </si>
+  <si>
+    <t>Que o Executivo Municipal determine a secretaria competente para que o saldo remanescente de valores depositados na Conta do Convênio Duodécimo do Legislativo, no montante aproximado de R$ 189.735,03 (cento e oitenta e nove mil, setecentos e trinta e cinco reais com três centavos) seja integralmente resgatado pelo Executivo a fim de que seja utilizada na compra do terreno para a construção da Sede da Câmara Municipal de Vereadores.</t>
+  </si>
+  <si>
+    <t>970</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/970/indicacao_no_166-2025_-_janaina.pdf</t>
+  </si>
+  <si>
+    <t>Para que o Executivo Municipal que avalie a conveniência e oportunidade de encaminhar a esta Casa Legislativa Projeto de Lei com a finalidade de regulamentar, no âmbito do Município de Lagoa Bonita do Sul, a aplicação da Lei Federal nº 12.846, de 1º de agosto de 2013 (Lei Anticorrupção).</t>
+  </si>
+  <si>
+    <t>971</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/971/indicacao_no_167-2025_-_claudiomiro.pdf</t>
+  </si>
+  <si>
+    <t>Para que o Executivo Municipal encaminhe a Secretaria competente para que seja feita a recuperação do cerro que liga Linha Alta Frente e Linha Araçá.</t>
+  </si>
+  <si>
     <t>854</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CEFO - Comissão de Economia, Finanças e Orçamentos</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_decreto_legislativo_no_001-2025_-_apreciacao_contas_executivo_2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_decreto_legislativo_no_001-2025_-_apreciacao_contas_executivo_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Aprovação das Contas do Poder Executivo Municipal de Lagoa Bonita do Sul - RS do exercício de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>PL-L</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/748/projeto_de_lei_legislativo_001-2025_vale.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/748/projeto_de_lei_legislativo_001-2025_vale.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste e aumento do valor do Vale Alimentação dos servidores do Poder Legislativo Municipal conforme trata a Lei Municipal nº 1009/2012.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/749/projeto_de_lei_legislativo_002-2025_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/749/projeto_de_lei_legislativo_002-2025_ezequiel.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito Municipal, o Programa CIDADE AMIGA DO IDOSO, e dá outras providências.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/828/projeto_de_lei_legislativo_003-2025-_debora_semana_de_prevencao_violencia_nas_escolas.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/828/projeto_de_lei_legislativo_003-2025-_debora_semana_de_prevencao_violencia_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Prevenção à Violência Escolar no Município de Lagoa Bonita do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/845/projeto_de_lei_legislativo_004-2025_tabaco_lagoa_bonita_do_sul.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/845/projeto_de_lei_legislativo_004-2025_tabaco_lagoa_bonita_do_sul.pdf</t>
   </si>
   <si>
     <t>Declara a fumicultura como atividade de relevante interesse econômico, social e cultural no âmbito do Município de Lagoa Bonita do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/904/projeto_de_lei_legislativo_005-2025_-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/904/projeto_de_lei_legislativo_005-2025_-_janaina.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reserva e disponibilização de locais acessíveis para pessoas com deficiência em eventos realizados pela Administração Pública Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_legislativo_006-2025-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_legislativo_006-2025-_janaina.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DA MULHER AGRICULTORA NO MUNICÍPIO DE LAGOA BONITA DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_legislativo_007-2025-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_legislativo_007-2025-_janaina.pdf</t>
   </si>
   <si>
     <t>Institui a semana municipal da bocha no município de Lagoa Bonita do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/923/projeto_de_lei_legislativo_008-2025-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/923/projeto_de_lei_legislativo_008-2025-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Institui o programa municipal "Escola Inclusiva" no âmbito do município de Lagoa Bonita do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/927/projeto_de_lei_legislativo_009-2025-_janaina.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/927/projeto_de_lei_legislativo_009-2025-_janaina.pdf</t>
   </si>
   <si>
     <t>Institui o programa municipal de promoção da saúde no campo, no âmbito do município de Lagoa Bonita do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/926/emenda_aditiva_no_01-2025_ao_projeto_de_lei_legislativo_no_008-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/926/emenda_aditiva_no_01-2025_ao_projeto_de_lei_legislativo_no_008-2025.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva nº 01/2025, ao Projeto de Lei do Legislativo nº 008/2025.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_001-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_001-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Venho por meio deste, requerer, que solicite a presença do Secretário de Obras, Senhor Leandro Bernardi, para que faça o uso da tribuna  durante a Sessão Plenária do Legislativo Municipal para Esclarecer o funcionamento de sua Secretaria; Se estão conseguindo ser atendidas todas as demandas; Quais serviços que são prestados, como esta a infraestrutura da pasta e a disponibilidade de maquinário, se estão todos aptos a realizar os trabalhos do dia a dia, como que é a organização semanal para atendimentos nas localidades, entre outros assuntos ligados a esta Secretária.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/730/requerimento_002-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/730/requerimento_002-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Venho por meio deste, requerer, que solicite a presença do Secretário de Saúde, Senhor Leonir Vicente Francesquet, para que faça o uso da tribuna durante a Sessão Plenária do Legislativo Municipal para Esclarecer o funcionamento de sua Secretaria; quais são as principais prioridades da secretaria de sáude para este ano, quais os programas em andamentos, como é o planejamento e organização da equipe, como a secretaria está lidando se houver escasses de recursos no sistema de saúde, como está a insfraestrutura e outros assuntos ligados a esta pasta.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/743/requerimento_003-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/743/requerimento_003-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Venho por meio deste, requerer, que solicite a presença da Secretária de Educação , Senhora Simone Bach, para que faça o uso da tribuna durante a Sessão Plenária do Legislativo Municipal para Esclarecer o funcionamento de sua Secretaria; como é o planejamento, como estão os repasses de recursos, qual o percentual, qual é o estado atual das escolas municipais, existe défict de professores ou funcionários nas escolas, como está a qualidade da merenda oferecida nas escolas, a segurança das escolas, como está o desempenho dos alunos em avaliações externas, como está o transporte escolar entre outros questionamentos que serão feitos no momento da sessão.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/752/requerimento_004-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/752/requerimento_004-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Venho por meio deste, requerer, que solicite a presença do Secretário de Agricultura, Senhor Paulo Munir Cerentine, para que faça o uso da tribuna  durante a Sessão Plenária do Legislativo Municipal para Esclarecer o funcionamento de sua Secretaria;  quais os principais programas e projetos em andamento na secretaria de agricultura, quais politicas estão sendo implementadas para apoiar a agricultura familiar e os pequenos produtores, qual é o orçamento atual da secretaria, quais foram os principais investimentos na agricultura nos últimos anos, existe um plano para incentivar a participação de jovens na agricultura e evitar o êxodo rural. Entre outros questionamentos que serão trazidos no momento da sessão.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/757/requerimento_005-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/757/requerimento_005-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Venho por meio deste, requerer, que solicite a presença do Secretário de Administração, Senhor Cássio jose Lazzari, para que faça o uso da tribuna durante a Sessão Plenária do Legislativo Municipal para esclarecer o funcionamento da secretária, qual é o orçamento da secretária e como está distribuída, quais são os projetos mais importantes em andamento, quais são as metas prioritárias da pasta este ano, entre outros questionamentos que serão trazidos no momento da sessão.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/768/requerimento_006-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/768/requerimento_006-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Venho por meio deste, requerer, que solicite a presença do Secretário de Fazenda e Planejamento, Senhor Tadeu Pereira, para que faça o uso da tribuna  durante a Sessão Plenária do Legislativo Municipal para esclarecer o funcionamento de sua Secretaria;  o orçamento aprovado para este ano está sendo executado conforme o planejado, quais áreas estão recebendo mais investimentos, como está o desempenho da arrecadação de tributos municipais como IPTU, o município te alguma medida para melhorar a arrecadação sem aumentar a carga tributária, o município está cumprindo os limites da Lei de responsabilidade fiscal, como está o planejamento plurianual (PPA) em relação a metas fiscais. Entre outros questionamentos que serão trazidos no momento da sessão.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/774/requerimento_007-2025_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/774/requerimento_007-2025_-_debora.pdf</t>
   </si>
   <si>
     <t>Venho por meio deste, requerer, que solicite a presença do Secretário da Assistência e Inclusão Social , Senhor Edinei Israel da Silva, para que faça o uso da tribuna durante a Sessão Plenária do Legislativo Municipal para esclarecer o funcionamento de sua Secretaria; qual é o orçamento da secretária, como estão os repasses de recursos federais e quais são eles, quantas famílias recebem o bolsa família, quantas famílias estão cadastradas no CadÚnico do município, quais os projetos desenvolvidos pelo CRAS (Centro de referência da assistência social), que políticas específicas estão sendo implementadas para mulheres vítimas de violência, idosos, crianças e adolescentes em situação de risco entre outros questionamentos que serão trazidos no momento da sessão.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>Debora Busatto, Ezequiel Tavares</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/809/requerimento_008-2025_-_debora_e_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/809/requerimento_008-2025_-_debora_e_ezequiel.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa Legislativa, requeremos, após ouvido o Plenário, a realização de uma Sessão Solene para marcar a inauguração oficial da nova denominação do Plenário da Câmara Municipal de Vereadores, conforme deliberado por esta Casa.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/949/requerimento_009-2025_-gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/949/requerimento_009-2025_-gilsemar.pdf</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa Legislativa, requer, após ouvido o Plenário, a realização de uma Sessão Solene para marcar a a inauguração oficial da “Galeria 8 de Março”, espaço dedicado à valorização, reconhecimento e visibilidade das mulheres que contribuíram de forma significativa para o desenvolvimento social, cultural, político e comunitário de nosso município.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>PL-E</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/670/projeto_de_lei_1977-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/670/projeto_de_lei_1977-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com o Estado do Rio Grande do Sul por intermédio da Secretaria Estadual de Agricultura, Pecuária, Produção Sustentável e Irrigação.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei_1978-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei_1978-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a prorrogar a vigência do contrato por prazo determinado de Engenheiro Civil, autorizado pela Lei Municipal nº 1.956/2024 de 29 de maio de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/676/projeto_de_lei_1979-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/676/projeto_de_lei_1979-2025.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral aos servidores ativos na forma que especifica.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_1980-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_1980-2025.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 6º da Lei Municipal nº 1.793/2022, de 28 de setembro de 2022, que dispõe sobre o Quadro de Cargos dos Agentes Comunitários de Saúde, estabelece o Plano de Carreira destes Servidores e dá outras providências.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/686/projeto_de_lei_1981-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/686/projeto_de_lei_1981-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de excepcional interesse público, um Monitor de Informática e dá outras providências.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/687/projeto_de_lei_1982-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/687/projeto_de_lei_1982-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de excepcional interesse público, cinco Monitores de Educação Infantil e dá outras providências.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/688/projeto_de_lei_1983-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/688/projeto_de_lei_1983-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de excepcional interesse público, um Professor de Matemática e dá outras providências.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/689/projeto_de_lei_1984-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/689/projeto_de_lei_1984-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de excepcional interesse público, cinco Professores e dá outras providências.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/690/projeto_de_lei_1985-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/690/projeto_de_lei_1985-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de excepcional interesse público, um Psicopedagogo e dá outras providências.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/691/projeto_de_lei_1986-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/691/projeto_de_lei_1986-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de excepcional interesse público, seis Serventes e dá outras providências.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/692/projeto_de_lei_1987-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/692/projeto_de_lei_1987-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar cedência recíproca de Servidora (Permuta) com o Município de Sobradinho e dá outras providências.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/693/projeto_de_lei_1988-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/693/projeto_de_lei_1988-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2025, no valor de R$ 144.642,78 (cento e quarenta e quatro mil, seiscentos e quarenta e dois reais com setenta e oito centavos).</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/703/projeto_de_lei_1989-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/703/projeto_de_lei_1989-2025.pdf</t>
   </si>
   <si>
     <t>Inclui ação na Lei de Diretrizes Orçamentarias de 2025 e autoriza o executivo Municipal abrir Credito Especial na Lei Orçamentária Anual de 2025, no valor de R$ 7.538,64 (sete mil, quinhentos e trinta e oito reais e sessenta e quatro centavos).</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/704/projeto_de_lei_1990-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/704/projeto_de_lei_1990-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar na Lei Orçamentaria Anual de 2025, no valor de R$ 190.074,30 (cento e noventa mil, setenta e quarenta reais com trinta centavos).</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/713/projeto_de_lei_1991-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/713/projeto_de_lei_1991-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a contratar por prazo determinado, em razão de excepcional interesse público, um artesão e da outras providências.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/714/projeto_de_lei_1992-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/714/projeto_de_lei_1992-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a contratar por prazo determinado, em razão de excepcional interesse público, um enfermeiro e da outras providências.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/715/projeto_de_lei_1993-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/715/projeto_de_lei_1993-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a contratar por prazo determinado, em razão de excepcional interesse público, um Fisioterapeuta e da outras providências.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/716/projeto_de_lei_1994-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/716/projeto_de_lei_1994-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a contratar por prazo determinado, em razão de excepcional interesse público, um psicólogo e da outras providências.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/717/projeto_de_lei_1995-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/717/projeto_de_lei_1995-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento, no exercício de 2025, de diferença remuneratória aos servidores que especifica para o cumprimento dos pisos da enfermagem, na extinção do quanto disponibilizamos pela União ao Município, a título de assistência financeira complementar.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/718/projeto_de_lei_1996-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/718/projeto_de_lei_1996-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2025, no valor de R$ 800.000,00 (oitocentos mil reais).</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/719/projeto_de_lei_1997-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/719/projeto_de_lei_1997-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COBRANÇA DECONTRIBUIÇÃO DE MELHORIA NA EXECUÇÃO DE OBRAS PÚBLICAS DEPAVIMENTAÇÃO QUE ENUMERA.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/720/projeto_de_lei_1998-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/720/projeto_de_lei_1998-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR POR PRAZO DETERMINADO, EM RAZÃO DE EXCEPCIONAL INTERESSE PÚBLICO, QUATRO PROFESSORES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_1999-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_1999-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2025, no valor de R$ 937.983,06 (novecentos e trinta e sete mil, novecentos e oitenta e três reais e seis centavos).</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/732/projeto_de_lei_2000-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/732/projeto_de_lei_2000-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1.859/2023, de 26 de abril de 2023 que dispõe sobre a concessão de auxílio alimentação aos servidores públicos Municipais e dá outras Providências.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/738/projeto_de_lei_2001-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/738/projeto_de_lei_2001-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a alterar a carga horária e a remuneração do Contrato Administrativo n° 17/2024 de Artesão, autorizado pela Lei Municipal n° 1.949/2024 de 24 de abril de 2024.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/739/projeto_de_lei_2002-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/739/projeto_de_lei_2002-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR POR PRAZO DETERMINADO, EM RAZÃO DE EXCEPCIONAL INTERESSE PÚBLICO, UM PSICÓLOGO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/740/projeto_de_lei_2003-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/740/projeto_de_lei_2003-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal da Pessoa Idosa, cria o Conselho Municipal da Pessoa Idosa e o Fundo Municipal da Pessoa Idosa.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/746/projeto_de_lei_2004-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/746/projeto_de_lei_2004-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A INSTITUIR, FIRMAR TERMO DE PARCERA E/OU CUSTEAR DESPESAS DAS FESTIVIDADES QUE INTEGRAM A FESTA DA LAGOA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_lei_2005-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_lei_2005-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2025, no valor de R$ 302.100,00 (trezentos e dois mil e cem reais).</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/755/projeto_de_lei_2006-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/755/projeto_de_lei_2006-2025.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO na Lei de Diretrizes Orçamentárias de 2025 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2025, no valor de R$ 20.159,10 (vinte mil, cento e cinquenta e nove reais e dez centavos).</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/758/projeto_de_lei__2007-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/758/projeto_de_lei__2007-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2025, no valor de R$ 481.104,00 (quatrocentos e oitenta e um mil e cento e quatro reais).</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/759/projeto_de_lei_2008-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/759/projeto_de_lei_2008-2025.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2025 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2025, no valor de R$ 202.680,12 (duzentos e dois mil, seiscentos e oitenta reais e doze centavos).</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/767/projeto_de_lei_2009-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/767/projeto_de_lei_2009-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um motorista e dá outras providências.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/770/projeto_de_lei_2010-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/770/projeto_de_lei_2010-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR POR PRAZO DETERMINADO, EM RAZÃO DE EXCEPCIONAL INTERESSE PÚBLICO, UM PROFESSOR ANOS INICIAIS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/771/projeto_de_lei_2011-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/771/projeto_de_lei_2011-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPALA CONTRATAR POR PRAZO DETERMINADO, EM RAZÃO DE EXCEPCIONAL INTERESSE PÚBLICO, UM SERVENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_2012-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_2012-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 1° DO ART. 2º DA LEI MUNICIPAL N° 1.508/2018 DE 04 DE MAIO DE 2018 QUE CRIA O PROGRAMA DE FOMENTO AO SETOR AGRÍCOLA E AUTORIZA O PODER EXECUTIVO A CONCEDER EQUIPAMENTOS, INCENTIVOS E SERVIÇOS AOS PRODUTORES RURAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/778/projeto_de_lei_2013-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/778/projeto_de_lei_2013-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2025, no valor de R$ 212.000,00 (duzentos e doze mil reais).</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/788/projeto_de_lei_2014-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/788/projeto_de_lei_2014-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2025, no valor de R$ 530.000,00 (quinhentos e trinta mil reais).</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/789/projeto_de_lei_2015-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/789/projeto_de_lei_2015-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a incluir elemento de despesa na Lei Orçamentária Anual de 2025 e autoriza a abertura de Crédito Especial no montante de R$ 8.000,00 (oito mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/790/projeto_de_lei_2016-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/790/projeto_de_lei_2016-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a alterar a carga horária e a remuneração do Contrato Administrativo nº 17/2025 de Professor de Música, autorizado pela Lei Municipal nº 2.006/2025 de 27 de fevereiro de 2025.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/791/projeto_de_lei_2017-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/791/projeto_de_lei_2017-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI CAMPANHA PARA AUMENTO DA ARRECADAÇÃO DO MUNICÍPIO E VALORIZAÇÃO DO COMÉRCIO LOCAL, INSTITUI E AUTORIZA PREMIAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_lei_2018-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_lei_2018-2025.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 16 da Lei Municipal n° 2.011/2025 que dispõe sobre a Política Municipal da Pessoa Idosa, cria о Conselho Municipal da Pessoa Idosa e o Fundo Municipal da Pessoa Idosa.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_2019-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_2019-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/801/projeto_de_lei_2020-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/801/projeto_de_lei_2020-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2025, no valor de R$ 80.745,78 (oitenta mil, setecentos e quarenta e cinco reais e setenta e oito centavos).</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/808/projeto_de_lei_2021-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/808/projeto_de_lei_2021-2025.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO na Lei de Diretrizes Orçamentárias de 2025 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2025, no valor de R$ 613.307,00 (seiscentos e treze mil e trezentos e sete reais).</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/812/projeto_de_lei_no_2022-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/812/projeto_de_lei_no_2022-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Firmar Convênio de Cooperação com os Municípios de Agudo, Cerro Brancо, Candelária, Passa Sete, Ibarama e Sobradinho, para a Gestão Associada de Serviços Públicos nas Áreas Limítrofes.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/817/projeto_de_lei_2023-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/817/projeto_de_lei_2023-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aprovação e ratificação legal do Quinto Termo de Aditamento ao Contrato de Consórcio Público do Consórcio Intermunicipal do Vale do Jacuí - CI/JACUÍ e respectiva Consolidação.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei_2024-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei_2024-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CELEBRAÇÃO DE TERMO DE FOMENTO COM A ASSOCIAÇÃO CIVIL CORPO DE BOMBEIROS VOLUNTÁRIOS DE SOBRADINHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lei_2025-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lei_2025-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a incluir elemento de despesa no Plano Plurianual 2022-2025, na Lei de Diretrizes Orçamentária de 2025 e na Lei Orçamentária Anual de 2025 e autoriza a abertura de Crédito Especial no montante de R$ 7.800,00 (sete mil e oitocentos reais) e dá outras providências.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/825/projeto_de_lei_2026-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/825/projeto_de_lei_2026-2025.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2025 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2025, no valor de R$ 61.000,00 (sessenta e um mil reais).</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/832/projeto_de_lei_2027-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/832/projeto_de_lei_2027-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2025, no valor de R$ 284.000,00 (duzentos e oitenta e quatro mil reais).</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/833/projeto_de_lei_2028-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/833/projeto_de_lei_2028-2025.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2025 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2025, no valor de R$ 70.520,90 (setenta mil е quinhentos e vinte reais e noventa centavos).</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/834/projeto_de_lei_2029-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/834/projeto_de_lei_2029-2025.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ARTIGOS 3°, 5°, 6° e 10 DA LEI MUNICIPAL N° 1.216/2014, DE 02 DE ABRIL DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/835/projeto_de_lei_2030-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/835/projeto_de_lei_2030-2025.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 3° DA LEI MUNICIPAL N° 1.531/2018, DE 28 DE DEZEMBRO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/836/projeto_de_lei_2031-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/836/projeto_de_lei_2031-2025.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 3°, DA LEI MUNICIPAL N° 1108 DE 06 DE MARÇO DE 2013, QUE DISPÕE SOBRE A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE SAÚDE - CMS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/843/projeto_de_lei_2032-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/843/projeto_de_lei_2032-2025.pdf</t>
   </si>
   <si>
     <t>Prorroga, até 31 de dezembro de 2025, a vigência do Plano Municipal de Educação, aprovado por meio da Lei Municipal nº 1.338, de 17 de junho de 2015.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_2033-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_2033-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O ESTADO DO RIO GRANDE DO SUL POR INTERMÉDIO DA SECRETARIA ESTADUAL DE TURISMO.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>Prefeito Municipal em Exercício</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/851/projeto_de_lei_2034-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/851/projeto_de_lei_2034-2025.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO na Lei de Diretrizes Orçamentárias de 2025 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2025, no valor de R$ 142.950,00 (cento e quarenta e dois mil e novecentos e cinquenta reais).</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_2035-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_2035-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPALA CONTRATAR POR PRAZO DETERMINADO, EM RAZÃO DE EXCEPCIONAL INTERESSE PÚBLICO, UM MONITOR DE EDUCAÇÃO INFANTIL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_2036-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_2036-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O ESTADO DO RIO GRANDE DO SUL POR INTERMÉDIO DA SECRETARIA ESTADUAL DA AGRICULTURA, PECUÁRIA, PRODUÇÃO SUSTENTÁVEL E IRRIGAÇÃO.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/865/projeto_de_lei_2037-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/865/projeto_de_lei_2037-2025.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO na Lei de Diretrizes Orçamentárias de 2025 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2025, no valor de R$ 963.000 (novecentos e sessenta e três mil reais).</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_de_lei_2038-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_de_lei_2038-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O ESTADO DO RIO GRANDE DO SUL POR INTERMÉDIO DA SECRETARIA ESTADUAL DE TRABALHO E DESENVOLVIMENTO PROFISSIONAL.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/875/projeto_de_lei_2039-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/875/projeto_de_lei_2039-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Lagoa Bonita do Sul para o quadriênio 2026-2029 e dá outras providências.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/882/projeto_de_lei_2040-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/882/projeto_de_lei_2040-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR POR PRAZO DETERMINADO, EM RAZÃO DE EXCEPCIONAL INTERESSE PÚBLICO, UM MONITOR DE EDUCAÇÃO INFANTIL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/883/projeto_de_lei_2041-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/883/projeto_de_lei_2041-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2025, no valor de R$ 299.147,24 (duzentos e noventa e nove mil, cento e quarenta e sete reais e vinte e quatro centavos).</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/890/projeto_de_lei_2042-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/890/projeto_de_lei_2042-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL А PROMOVER A VENDA ATRAVÉS DE LEILÃO PÚBLICO, DE MÁQUINAS, VEÍCULOS E EQUIPAMENTOS DE PROPRIEDADE DO MUNICÍPIO DE LAGOA BONITA DO SUL.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/903/projeto_de_lei_2043-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/903/projeto_de_lei_2043-2025.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2025 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2025, no valor de R$ 10.414,32 (dez mil, quatrocentos e quatorze reais com trinta е dois centavos).</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/914/projeto_de_lei_2044-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/914/projeto_de_lei_2044-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a incluir elemento de despesa na Lei Orçamentária Anual de 2025 e autoriza a abertura de Crédito Especial no montante de R$ 60.000,00 (sessenta mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_2045-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_2045-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a incluir elemento de despesa na Lei Orçamentária Anual de 2025 e autoriza a abertura de Crédito Especial no montante de R$ 32.000,00 (trinta e dois mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/916/projeto_de_lei_2046-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/916/projeto_de_lei_2046-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2025, no valor de R$ 150.913,55 (cento e cinquenta mil novecentos e treze reais e cinquenta e cinco centavos).</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/931/projeto_de_lei_2047-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/931/projeto_de_lei_2047-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/932/projeto_de_lei_2048-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/932/projeto_de_lei_2048-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a incluir elemento de despesa na Lei Orçamentária Anual de 2025 e autoriza a abertura de Crédito Especial no montante de R$ 19.919,10 (dezenove mil novecentos e dezenove reais e dez centavos) e dá outras providências.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/933/projeto_de_lei_2049-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/933/projeto_de_lei_2049-2025.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2025 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2025, no valor de R$ 26.802,85 (vinte e seis mil oitocentos e dois reais e oitenta e cinco centavos).</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/936/projeto_de_lei_2050-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/936/projeto_de_lei_2050-2025.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2025 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2025, no valor de R$ 25.000,00 (vinte e cinco mil reais).</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/948/projeto_de_lei_2051-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/948/projeto_de_lei_2051-2025.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO na Lei de Diretrizes Orçamentárias de 2025 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2025, no valor de R$ 120.000,00 (cento e vinte mil reais).</t>
   </si>
   <si>
+    <t>953</t>
+  </si>
+  <si>
+    <t>2052</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/953/projeto_de_lei_2052-2025.pdf</t>
+  </si>
+  <si>
+    <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2025 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2025, no valor de R$ 43.000,00 (quarenta e três mil reais).</t>
+  </si>
+  <si>
+    <t>958</t>
+  </si>
+  <si>
+    <t>2053</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/958/projeto_de_lei_no_2053-2025.pdf</t>
+  </si>
+  <si>
+    <t>Estima a receita e fixa a despesa do Município de Lagoa Bonita do Sul para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>959</t>
+  </si>
+  <si>
+    <t>2054</t>
+  </si>
+  <si>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/959/projeto_de_lei_no_2054-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Oficial Administrativo e dá outras providências.</t>
+  </si>
+  <si>
     <t>934</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/934/veto_001-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/934/veto_001-2025.pdf</t>
   </si>
   <si>
     <t>Comunico a Vossas Excelências que, nos termos do artigo 45, § 1º da Lei Orgânica Municipal, decidi vetar integralmente o Projeto de Lei Legislativo nº 007/2025, de 20 de outubro de 2025, que "Institui a Semana Municipal da Bocha no Município de Lagoa Bonita do Sul e dá outras providências.”</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/935/veto_002-2025.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/935/veto_002-2025.pdf</t>
   </si>
   <si>
     <t>Comunico a Vossas Excelências que, nos termos do artigo do art. 45, § 1° da Lei Orgânica Municipal, decidi vetar integralmente o Projeto de Lei Legislativo nº 008/2025, de 20 de outubro de 2025, que "Institui o Programa Municipal 'Escola Inclusiva' no âmbito do Município de Lagoa Bonita do Sul e dá outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3726,68 +3951,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/681/abono_de_falta_no_001-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/697/abono_de_falta_no_002-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/798/abono_de_falta_no_003-2025_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/874/abono_de_falta_no_004-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/895/abono_de_falta_no_005-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/941/abono_de_falta_no_006-2025_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/756/mocao_de_reconhecimento_no_001-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/876/mocao_de_reconhecimento_no_002-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/884/mocao_de_reconhecimento_no_003-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/896/mocao_de_reconhecimento_no_004-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/897/mocao_de_reconhecimento_no_005-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/950/mocao_de_reconhecimento_no_006-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/721/mocao_de_apoio_001-2025_-_projeto_luiz_carlos_heinze.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/776/mocao_de_apoio_002-2025_-_ipe_saude.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/937/mocao_de_apoio_003-2025_-comissao_especial_em_defesa_do_setor_do_tabaco.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/766/pedido_informacao_001-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/795/pedido_informacao_002-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/938/pedido_informacao_003-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/942/pedido_informacao_004-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/705/pedido_de_providencia_001-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/777/pedido_de_providencia_002-2025_-vinicius.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/794/pedido_de_providencia_003-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/800/pedido_de_providencia_004-2025_-janaina.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/838/pedido_de_providencia_005-2025_-janaina.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/879/pedido_de_providencia_006-2025_-janaina.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/873/voto_de_pesar_001-2025_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/672/indicacao_no_001-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/673/indicacao_no_002-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/674/indicacao_no_003-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/675/indicacao_no_004-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/678/indicacao_no_005-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/679/indicacao_no_006-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/680/indicacao_no_007-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/682/indicacao_no_008-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/683/indicacao_no_009-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/684/indicacao_no_010-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/685/indicacao_no_011-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/694/indicacao_no_012-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/695/indicacao_no_013-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/696/indicacao_no_014-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/698/indicacao_no_015-2025_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/699/indicacao_no_016-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/700/indicacao_no_017-2025_-_olavo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/701/indicacao_no_018-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/702/indicacao_no_019-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/706/indicacao_no_020-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/707/indicacao_no_021-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/708/indicacao_no_022-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao_no_023-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/710/indicacao_no_024-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/711/indicacao_no_025-2025_-_olavo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/722/indicacao_no_026-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/723/indicacao_no_027-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/724/indicacao_no_028-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/725/indicacao_no_029-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/726/indicacao_no_030-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/727/indicacao_no_031-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/728/indicacao_no_032-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/729/indicacao_no_033-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/733/indicacao_no_035-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/734/indicacao_no_035-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/735/indicacao_no_036-2025_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/736/indicacao_no_037-2025_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/737/indicacao_no_038-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/741/indicacao_no_039-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/742/indicacao_no_040-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/744/indicacao_no_041-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/745/indicacao_no_042-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/750/indicacao_no_043-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/751/indicacao_no_044-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/753/indicacao_no_045-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/754/indicacao_no_046-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/760/indicacao_no_047-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_no_048-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/762/indicacao_no_049-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/763/indicacao_no_050-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/764/indicacao_no_051-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/765/indicacao_no_052-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/769/indicacao_no_053-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_no_054-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_no_055-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/779/indicacao_no_056-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/780/indicacao_no_057-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/781/indicacao_no_058-2025_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_no_059-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_no_060-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_no_061-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_no_062-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_no_063-2025_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_no_064-2025_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/796/indicacao_no_065-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/797/indicacao_no_066-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/799/indicacao_no_067-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_no_068-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_no_069-2025_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/804/indicacao_no_070-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_no_071-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_no_072-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/807/indicacao_no_073-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/810/indicacao_no_074-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/811/indicacao_no_075-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_no_076-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/814/indicacao_no_077-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/818/indicacao_no_078-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/819/indicacao_no_079-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_no_080-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_no_081-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_no_082-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_no_083-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_no_084-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_no_085-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_no_086-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_no_087-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_no_088-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_no_089-2025_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_no_090-2025_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_no_091-2025_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_no_092-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_no_093-2025_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_no_094-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_no_095-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/849/indicacao_no_096-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_no_097-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/855/indicacao_no_098-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_no_099-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_no_100-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_no_101-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_no_102-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/860/indicacao_no_103-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_no_104-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_no_105-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/863/indicacao_no_106-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/864/indicacao_no_107-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_no_108-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/868/indicacao_no_109-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_no_110-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_no_111-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_no_112-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_no_113-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_no_114-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/878/indicacao_no_115-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_no_116-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_no_117-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_no_118-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_no_119-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/887/indicacao_no_120-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_no_121-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_no_122-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_no_123-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_no_124-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_no_125-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_no_126-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/898/indicacao_no_127-2025_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/900/indicacao_no_128-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_no_129-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao_no_130-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_no_131-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/906/indicacao_no_132-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/907/indicacao_no_133-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/908/indicacao_no_134-2025_antonio.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_no_135-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_no_136-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_no_137-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/913/indicacao_no_138-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_no_139-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/919/indicacao_no_140-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao_no_141-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao_no_142-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao_no_143-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao_no_144-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_no_145-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_no_146-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_no_147-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_no_148-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_no_149-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/943/indicacao_no_150-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_no_151-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/946/indicacao_no_152-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_no_153-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_154-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/952/indicacao_no_155-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_decreto_legislativo_no_001-2025_-_apreciacao_contas_executivo_2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/748/projeto_de_lei_legislativo_001-2025_vale.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/749/projeto_de_lei_legislativo_002-2025_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/828/projeto_de_lei_legislativo_003-2025-_debora_semana_de_prevencao_violencia_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/845/projeto_de_lei_legislativo_004-2025_tabaco_lagoa_bonita_do_sul.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/904/projeto_de_lei_legislativo_005-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_legislativo_006-2025-_janaina.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_legislativo_007-2025-_janaina.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/923/projeto_de_lei_legislativo_008-2025-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/927/projeto_de_lei_legislativo_009-2025-_janaina.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/926/emenda_aditiva_no_01-2025_ao_projeto_de_lei_legislativo_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_001-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/730/requerimento_002-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/743/requerimento_003-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/752/requerimento_004-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/757/requerimento_005-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/768/requerimento_006-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/774/requerimento_007-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/809/requerimento_008-2025_-_debora_e_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/949/requerimento_009-2025_-gilsemar.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/670/projeto_de_lei_1977-2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei_1978-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/676/projeto_de_lei_1979-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_1980-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/686/projeto_de_lei_1981-2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/687/projeto_de_lei_1982-2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/688/projeto_de_lei_1983-2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/689/projeto_de_lei_1984-2024.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/690/projeto_de_lei_1985-2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/691/projeto_de_lei_1986-2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/692/projeto_de_lei_1987-2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/693/projeto_de_lei_1988-2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/703/projeto_de_lei_1989-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/704/projeto_de_lei_1990-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/713/projeto_de_lei_1991-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/714/projeto_de_lei_1992-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/715/projeto_de_lei_1993-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/716/projeto_de_lei_1994-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/717/projeto_de_lei_1995-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/718/projeto_de_lei_1996-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/719/projeto_de_lei_1997-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/720/projeto_de_lei_1998-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_1999-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/732/projeto_de_lei_2000-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/738/projeto_de_lei_2001-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/739/projeto_de_lei_2002-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/740/projeto_de_lei_2003-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/746/projeto_de_lei_2004-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_lei_2005-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/755/projeto_de_lei_2006-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/758/projeto_de_lei__2007-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/759/projeto_de_lei_2008-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/767/projeto_de_lei_2009-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/770/projeto_de_lei_2010-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/771/projeto_de_lei_2011-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_2012-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/778/projeto_de_lei_2013-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/788/projeto_de_lei_2014-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/789/projeto_de_lei_2015-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/790/projeto_de_lei_2016-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/791/projeto_de_lei_2017-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_lei_2018-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_2019-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/801/projeto_de_lei_2020-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/808/projeto_de_lei_2021-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/812/projeto_de_lei_no_2022-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/817/projeto_de_lei_2023-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei_2024-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lei_2025-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/825/projeto_de_lei_2026-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/832/projeto_de_lei_2027-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/833/projeto_de_lei_2028-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/834/projeto_de_lei_2029-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/835/projeto_de_lei_2030-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/836/projeto_de_lei_2031-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/843/projeto_de_lei_2032-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_2033-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/851/projeto_de_lei_2034-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_2035-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_2036-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/865/projeto_de_lei_2037-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_de_lei_2038-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/875/projeto_de_lei_2039-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/882/projeto_de_lei_2040-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/883/projeto_de_lei_2041-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/890/projeto_de_lei_2042-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/903/projeto_de_lei_2043-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/914/projeto_de_lei_2044-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_2045-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/916/projeto_de_lei_2046-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/931/projeto_de_lei_2047-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/932/projeto_de_lei_2048-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/933/projeto_de_lei_2049-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/936/projeto_de_lei_2050-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/948/projeto_de_lei_2051-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/934/veto_001-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/935/veto_002-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/681/abono_de_falta_no_001-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/697/abono_de_falta_no_002-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/798/abono_de_falta_no_003-2025_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/874/abono_de_falta_no_004-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/895/abono_de_falta_no_005-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/941/abono_de_falta_no_006-2025_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/969/abono_de_falta_no_007-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/756/mocao_de_reconhecimento_no_001-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/876/mocao_de_reconhecimento_no_002-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/884/mocao_de_reconhecimento_no_003-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/896/mocao_de_reconhecimento_no_004-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/897/mocao_de_reconhecimento_no_005-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/950/mocao_de_reconhecimento_no_006-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/964/mocao_de_reconhecimento_no_007-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/721/mocao_de_apoio_001-2025_-_projeto_luiz_carlos_heinze.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/776/mocao_de_apoio_002-2025_-_ipe_saude.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/937/mocao_de_apoio_003-2025_-comissao_especial_em_defesa_do_setor_do_tabaco.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/966/mocao_de_repudio_001-2025-debora.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/766/pedido_informacao_001-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/795/pedido_informacao_002-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/938/pedido_informacao_003-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/942/pedido_informacao_004-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/705/pedido_de_providencia_001-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/777/pedido_de_providencia_002-2025_-vinicius.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/794/pedido_de_providencia_003-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/800/pedido_de_providencia_004-2025_-janaina.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/838/pedido_de_providencia_005-2025_-janaina.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/879/pedido_de_providencia_006-2025_-janaina.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/962/pedido_de_providencia_008-2025_-vinicius.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/873/voto_de_pesar_001-2025_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/672/indicacao_no_001-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/673/indicacao_no_002-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/674/indicacao_no_003-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/675/indicacao_no_004-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/678/indicacao_no_005-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/679/indicacao_no_006-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/680/indicacao_no_007-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/682/indicacao_no_008-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/683/indicacao_no_009-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/684/indicacao_no_010-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/685/indicacao_no_011-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/694/indicacao_no_012-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/695/indicacao_no_013-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/696/indicacao_no_014-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/698/indicacao_no_015-2025_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/699/indicacao_no_016-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/700/indicacao_no_017-2025_-_olavo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/701/indicacao_no_018-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/702/indicacao_no_019-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/706/indicacao_no_020-2025_alexandre.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/707/indicacao_no_021-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/708/indicacao_no_022-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao_no_023-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/710/indicacao_no_024-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/711/indicacao_no_025-2025_-_olavo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/722/indicacao_no_026-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/723/indicacao_no_027-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/724/indicacao_no_028-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/725/indicacao_no_029-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/726/indicacao_no_030-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/727/indicacao_no_031-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/728/indicacao_no_032-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/729/indicacao_no_033-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/733/indicacao_no_035-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/734/indicacao_no_035-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/735/indicacao_no_036-2025_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/736/indicacao_no_037-2025_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/737/indicacao_no_038-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/741/indicacao_no_039-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/742/indicacao_no_040-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/744/indicacao_no_041-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/745/indicacao_no_042-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/750/indicacao_no_043-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/751/indicacao_no_044-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/753/indicacao_no_045-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/754/indicacao_no_046-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/760/indicacao_no_047-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_no_048-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/762/indicacao_no_049-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/763/indicacao_no_050-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/764/indicacao_no_051-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/765/indicacao_no_052-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/769/indicacao_no_053-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/772/indicacao_no_054-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/773/indicacao_no_055-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/779/indicacao_no_056-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/780/indicacao_no_057-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/781/indicacao_no_058-2025_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_no_059-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_no_060-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_no_061-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_no_062-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_no_063-2025_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_no_064-2025_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/796/indicacao_no_065-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/797/indicacao_no_066-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/799/indicacao_no_067-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_no_068-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_no_069-2025_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/804/indicacao_no_070-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_no_071-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_no_072-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/807/indicacao_no_073-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/810/indicacao_no_074-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/811/indicacao_no_075-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_no_076-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/814/indicacao_no_077-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/818/indicacao_no_078-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/819/indicacao_no_079-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/820/indicacao_no_080-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/821/indicacao_no_081-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_no_082-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_no_083-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_no_084-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_no_085-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/830/indicacao_no_086-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_no_087-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_no_088-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_no_089-2025_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_no_090-2025_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_no_091-2025_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_no_092-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_no_093-2025_-_sandra.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_no_094-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_no_095-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/849/indicacao_no_096-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_no_097-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/855/indicacao_no_098-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/856/indicacao_no_099-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/857/indicacao_no_100-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_no_101-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_no_102-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/860/indicacao_no_103-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_no_104-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_no_105-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/863/indicacao_no_106-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/864/indicacao_no_107-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_no_108-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/868/indicacao_no_109-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_no_110-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_no_111-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_no_112-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_no_113-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_no_114-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/878/indicacao_no_115-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_no_116-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_no_117-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_no_118-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_no_119-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/887/indicacao_no_120-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_no_121-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_no_122-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_no_123-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_no_124-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_no_125-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_no_126-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/898/indicacao_no_127-2025_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/900/indicacao_no_128-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_no_129-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao_no_130-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_no_131-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/906/indicacao_no_132-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/907/indicacao_no_133-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/908/indicacao_no_134-2025_antonio.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_no_135-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_no_136-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_no_137-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/913/indicacao_no_138-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_no_139-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/919/indicacao_no_140-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao_no_141-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao_no_142-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao_no_143-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao_no_144-2025_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_no_145-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_no_146-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_no_147-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_no_148-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_no_149-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/943/indicacao_no_150-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_no_151-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/946/indicacao_no_152-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_no_153-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_154-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/952/indicacao_no_155-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/954/indicacao_no_156-2025_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/955/indicacao_no_157-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/956/indicacao_no_158-2025_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_no_159-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/960/indicacao_no_160-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/961/indicacao_no_161-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/963/indicacao_no_162-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/965/indicacao_no_163-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/967/indicacao_no_164-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/968/indicacao_no_165-2025_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/970/indicacao_no_166-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/971/indicacao_no_167-2025_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_decreto_legislativo_no_001-2025_-_apreciacao_contas_executivo_2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/748/projeto_de_lei_legislativo_001-2025_vale.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/749/projeto_de_lei_legislativo_002-2025_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/828/projeto_de_lei_legislativo_003-2025-_debora_semana_de_prevencao_violencia_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/845/projeto_de_lei_legislativo_004-2025_tabaco_lagoa_bonita_do_sul.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/904/projeto_de_lei_legislativo_005-2025_-_janaina.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/917/projeto_de_lei_legislativo_006-2025-_janaina.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/922/projeto_de_lei_legislativo_007-2025-_janaina.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/923/projeto_de_lei_legislativo_008-2025-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/927/projeto_de_lei_legislativo_009-2025-_janaina.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/926/emenda_aditiva_no_01-2025_ao_projeto_de_lei_legislativo_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/712/requerimento_001-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/730/requerimento_002-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/743/requerimento_003-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/752/requerimento_004-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/757/requerimento_005-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/768/requerimento_006-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/774/requerimento_007-2025_-_debora.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/809/requerimento_008-2025_-_debora_e_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/949/requerimento_009-2025_-gilsemar.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/670/projeto_de_lei_1977-2024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/671/projeto_de_lei_1978-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/676/projeto_de_lei_1979-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/677/projeto_1980-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/686/projeto_de_lei_1981-2024.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/687/projeto_de_lei_1982-2024.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/688/projeto_de_lei_1983-2024.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/689/projeto_de_lei_1984-2024.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/690/projeto_de_lei_1985-2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/691/projeto_de_lei_1986-2024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/692/projeto_de_lei_1987-2024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/693/projeto_de_lei_1988-2024.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/703/projeto_de_lei_1989-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/704/projeto_de_lei_1990-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/713/projeto_de_lei_1991-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/714/projeto_de_lei_1992-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/715/projeto_de_lei_1993-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/716/projeto_de_lei_1994-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/717/projeto_de_lei_1995-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/718/projeto_de_lei_1996-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/719/projeto_de_lei_1997-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/720/projeto_de_lei_1998-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/731/projeto_de_lei_1999-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/732/projeto_de_lei_2000-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/738/projeto_de_lei_2001-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/739/projeto_de_lei_2002-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/740/projeto_de_lei_2003-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/746/projeto_de_lei_2004-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/747/projeto_de_lei_2005-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/755/projeto_de_lei_2006-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/758/projeto_de_lei__2007-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/759/projeto_de_lei_2008-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/767/projeto_de_lei_2009-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/770/projeto_de_lei_2010-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/771/projeto_de_lei_2011-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/775/projeto_de_lei_2012-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/778/projeto_de_lei_2013-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/788/projeto_de_lei_2014-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/789/projeto_de_lei_2015-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/790/projeto_de_lei_2016-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/791/projeto_de_lei_2017-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/792/projeto_de_lei_2018-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/793/projeto_de_lei_2019-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/801/projeto_de_lei_2020-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/808/projeto_de_lei_2021-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/812/projeto_de_lei_no_2022-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/817/projeto_de_lei_2023-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/823/projeto_de_lei_2024-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/824/projeto_de_lei_2025-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/825/projeto_de_lei_2026-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/832/projeto_de_lei_2027-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/833/projeto_de_lei_2028-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/834/projeto_de_lei_2029-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/835/projeto_de_lei_2030-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/836/projeto_de_lei_2031-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/843/projeto_de_lei_2032-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/844/projeto_de_lei_2033-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/851/projeto_de_lei_2034-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/852/projeto_de_lei_2035-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_2036-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/865/projeto_de_lei_2037-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_de_lei_2038-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/875/projeto_de_lei_2039-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/882/projeto_de_lei_2040-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/883/projeto_de_lei_2041-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/890/projeto_de_lei_2042-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/903/projeto_de_lei_2043-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/914/projeto_de_lei_2044-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/915/projeto_de_lei_2045-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/916/projeto_de_lei_2046-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/931/projeto_de_lei_2047-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/932/projeto_de_lei_2048-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/933/projeto_de_lei_2049-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/936/projeto_de_lei_2050-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/948/projeto_de_lei_2051-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/953/projeto_de_lei_2052-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/958/projeto_de_lei_no_2053-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/959/projeto_de_lei_no_2054-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/934/veto_001-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2025/935/veto_002-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H280"/>
+  <dimension ref="A1:H299"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="160.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="164" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="163.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3937,7138 +4162,7632 @@
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="F8" t="s">
+      <c r="H8" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
         <v>45</v>
       </c>
-      <c r="B9" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D10" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F10" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H10" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D11" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E11" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F11" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E12" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F12" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F13" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="E14" t="s">
+        <v>45</v>
+      </c>
+      <c r="F14" t="s">
+        <v>53</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="F14" t="s">
+      <c r="H14" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>45</v>
+      </c>
+      <c r="F15" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H15" t="s">
         <v>67</v>
-      </c>
-[...19 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>69</v>
+      </c>
+      <c r="E16" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" t="s">
         <v>71</v>
-      </c>
-[...13 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>72</v>
       </c>
       <c r="H16" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>74</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D17" t="s">
+        <v>69</v>
+      </c>
+      <c r="E17" t="s">
+        <v>70</v>
+      </c>
+      <c r="F17" t="s">
         <v>75</v>
       </c>
-      <c r="E17" t="s">
+      <c r="G17" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" s="1" t="s">
+      <c r="H17" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>22</v>
+      </c>
+      <c r="D18" t="s">
+        <v>69</v>
+      </c>
+      <c r="E18" t="s">
+        <v>70</v>
+      </c>
+      <c r="F18" t="s">
+        <v>53</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="B18" t="s">
-[...14 lines deleted...]
-      <c r="G18" s="1" t="s">
+      <c r="H18" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" t="s">
         <v>82</v>
       </c>
-      <c r="B19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="F19" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H19" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="E20" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="F20" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="H20" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" t="s">
+        <v>87</v>
+      </c>
+      <c r="E21" t="s">
         <v>88</v>
       </c>
-      <c r="B21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H21" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D22" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="E22" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F22" t="s">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>95</v>
       </c>
       <c r="H22" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>97</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D23" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="E23" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>98</v>
       </c>
       <c r="H23" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>100</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="E24" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="F24" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H24" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="D25" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="E25" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="F25" t="s">
-        <v>49</v>
+        <v>106</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="H25" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="D26" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="E26" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="F26" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="H26" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>110</v>
+        <v>27</v>
       </c>
       <c r="D27" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="E27" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="F27" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="H27" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D28" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="E28" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="F28" t="s">
+        <v>53</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="G28" s="1" t="s">
+      <c r="H28" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>36</v>
+      </c>
+      <c r="D29" t="s">
+        <v>101</v>
+      </c>
+      <c r="E29" t="s">
+        <v>102</v>
+      </c>
+      <c r="F29" t="s">
+        <v>53</v>
+      </c>
+      <c r="G29" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="B29" t="s">
-[...5 lines deleted...]
-      <c r="D29" t="s">
+      <c r="H29" t="s">
         <v>120</v>
-      </c>
-[...10 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="D30" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="E30" t="s">
-        <v>121</v>
+        <v>102</v>
       </c>
       <c r="F30" t="s">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="H30" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>124</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>125</v>
+      </c>
+      <c r="D31" t="s">
+        <v>101</v>
+      </c>
+      <c r="E31" t="s">
+        <v>102</v>
+      </c>
+      <c r="F31" t="s">
+        <v>106</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H31" t="s">
         <v>127</v>
-      </c>
-[...19 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>128</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" t="s">
+        <v>129</v>
+      </c>
+      <c r="E32" t="s">
         <v>130</v>
       </c>
-      <c r="B32" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F32" t="s">
-        <v>49</v>
+        <v>131</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="H32" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="E33" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="F33" t="s">
-        <v>49</v>
+        <v>106</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="H33" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="D34" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="E34" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="F34" t="s">
-        <v>49</v>
+        <v>106</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="H34" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>110</v>
+        <v>22</v>
       </c>
       <c r="D35" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="E35" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="F35" t="s">
-        <v>94</v>
+        <v>46</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="H35" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>143</v>
+        <v>27</v>
       </c>
       <c r="D36" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="E36" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="F36" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="H36" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>147</v>
+        <v>31</v>
       </c>
       <c r="D37" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="E37" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="F37" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H37" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>151</v>
+        <v>36</v>
       </c>
       <c r="D38" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="E38" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="F38" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>152</v>
       </c>
       <c r="H38" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>154</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
+        <v>40</v>
+      </c>
+      <c r="D39" t="s">
+        <v>135</v>
+      </c>
+      <c r="E39" t="s">
+        <v>136</v>
+      </c>
+      <c r="F39" t="s">
+        <v>106</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="D39" t="s">
-[...8 lines deleted...]
-      <c r="G39" s="1" t="s">
+      <c r="H39" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>157</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>125</v>
+      </c>
+      <c r="D40" t="s">
+        <v>135</v>
+      </c>
+      <c r="E40" t="s">
+        <v>136</v>
+      </c>
+      <c r="F40" t="s">
+        <v>46</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="H40" t="s">
         <v>159</v>
-      </c>
-[...13 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>160</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>161</v>
+      </c>
+      <c r="D41" t="s">
+        <v>135</v>
+      </c>
+      <c r="E41" t="s">
+        <v>136</v>
+      </c>
+      <c r="F41" t="s">
+        <v>53</v>
+      </c>
+      <c r="G41" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="B41" t="s">
-[...2 lines deleted...]
-      <c r="C41" t="s">
+      <c r="H41" t="s">
         <v>163</v>
-      </c>
-[...13 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>164</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>165</v>
+      </c>
+      <c r="D42" t="s">
+        <v>135</v>
+      </c>
+      <c r="E42" t="s">
+        <v>136</v>
+      </c>
+      <c r="F42" t="s">
+        <v>18</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="H42" t="s">
         <v>167</v>
-      </c>
-[...13 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>168</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>169</v>
+      </c>
+      <c r="D43" t="s">
+        <v>135</v>
+      </c>
+      <c r="E43" t="s">
+        <v>136</v>
+      </c>
+      <c r="F43" t="s">
+        <v>18</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="H43" t="s">
         <v>171</v>
-      </c>
-[...13 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>172</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>173</v>
+      </c>
+      <c r="D44" t="s">
+        <v>135</v>
+      </c>
+      <c r="E44" t="s">
+        <v>136</v>
+      </c>
+      <c r="F44" t="s">
+        <v>106</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="H44" t="s">
         <v>175</v>
-      </c>
-[...13 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>176</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>177</v>
+      </c>
+      <c r="D45" t="s">
+        <v>135</v>
+      </c>
+      <c r="E45" t="s">
+        <v>136</v>
+      </c>
+      <c r="F45" t="s">
+        <v>106</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="B45" t="s">
-[...2 lines deleted...]
-      <c r="C45" t="s">
+      <c r="H45" t="s">
         <v>179</v>
-      </c>
-[...13 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>180</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>181</v>
+      </c>
+      <c r="D46" t="s">
+        <v>135</v>
+      </c>
+      <c r="E46" t="s">
+        <v>136</v>
+      </c>
+      <c r="F46" t="s">
+        <v>46</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H46" t="s">
         <v>183</v>
-      </c>
-[...19 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>184</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>185</v>
+      </c>
+      <c r="D47" t="s">
+        <v>135</v>
+      </c>
+      <c r="E47" t="s">
+        <v>136</v>
+      </c>
+      <c r="F47" t="s">
+        <v>32</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H47" t="s">
         <v>187</v>
-      </c>
-[...19 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>188</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>189</v>
+      </c>
+      <c r="D48" t="s">
+        <v>135</v>
+      </c>
+      <c r="E48" t="s">
+        <v>136</v>
+      </c>
+      <c r="F48" t="s">
+        <v>32</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="H48" t="s">
         <v>191</v>
-      </c>
-[...19 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>192</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>193</v>
+      </c>
+      <c r="D49" t="s">
+        <v>135</v>
+      </c>
+      <c r="E49" t="s">
+        <v>136</v>
+      </c>
+      <c r="F49" t="s">
+        <v>194</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="B49" t="s">
-[...2 lines deleted...]
-      <c r="C49" t="s">
+      <c r="H49" t="s">
         <v>196</v>
-      </c>
-[...13 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>197</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>198</v>
+      </c>
+      <c r="D50" t="s">
+        <v>135</v>
+      </c>
+      <c r="E50" t="s">
+        <v>136</v>
+      </c>
+      <c r="F50" t="s">
+        <v>53</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="H50" t="s">
         <v>200</v>
-      </c>
-[...13 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>201</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>202</v>
+      </c>
+      <c r="D51" t="s">
+        <v>135</v>
+      </c>
+      <c r="E51" t="s">
+        <v>136</v>
+      </c>
+      <c r="F51" t="s">
+        <v>106</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="H51" t="s">
         <v>204</v>
-      </c>
-[...13 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>205</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>206</v>
+      </c>
+      <c r="D52" t="s">
+        <v>135</v>
+      </c>
+      <c r="E52" t="s">
+        <v>136</v>
+      </c>
+      <c r="F52" t="s">
+        <v>23</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="H52" t="s">
         <v>208</v>
-      </c>
-[...13 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>209</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>210</v>
+      </c>
+      <c r="D53" t="s">
+        <v>135</v>
+      </c>
+      <c r="E53" t="s">
+        <v>136</v>
+      </c>
+      <c r="F53" t="s">
+        <v>53</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="B53" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s">
+      <c r="H53" t="s">
         <v>212</v>
-      </c>
-[...13 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>213</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>214</v>
+      </c>
+      <c r="D54" t="s">
+        <v>135</v>
+      </c>
+      <c r="E54" t="s">
+        <v>136</v>
+      </c>
+      <c r="F54" t="s">
+        <v>53</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="H54" t="s">
         <v>216</v>
-      </c>
-[...13 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>217</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>218</v>
+      </c>
+      <c r="D55" t="s">
+        <v>135</v>
+      </c>
+      <c r="E55" t="s">
+        <v>136</v>
+      </c>
+      <c r="F55" t="s">
+        <v>18</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="H55" t="s">
         <v>220</v>
-      </c>
-[...13 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>221</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>222</v>
+      </c>
+      <c r="D56" t="s">
+        <v>135</v>
+      </c>
+      <c r="E56" t="s">
+        <v>136</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="H56" t="s">
         <v>224</v>
-      </c>
-[...13 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>225</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>226</v>
+      </c>
+      <c r="D57" t="s">
+        <v>135</v>
+      </c>
+      <c r="E57" t="s">
+        <v>136</v>
+      </c>
+      <c r="F57" t="s">
+        <v>194</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="H57" t="s">
         <v>228</v>
-      </c>
-[...13 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>229</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>230</v>
+      </c>
+      <c r="D58" t="s">
+        <v>135</v>
+      </c>
+      <c r="E58" t="s">
+        <v>136</v>
+      </c>
+      <c r="F58" t="s">
+        <v>53</v>
+      </c>
+      <c r="G58" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="H58" t="s">
         <v>232</v>
-      </c>
-[...13 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>233</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>234</v>
+      </c>
+      <c r="D59" t="s">
+        <v>135</v>
+      </c>
+      <c r="E59" t="s">
+        <v>136</v>
+      </c>
+      <c r="F59" t="s">
+        <v>53</v>
+      </c>
+      <c r="G59" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="H59" t="s">
         <v>236</v>
-      </c>
-[...13 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>237</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>238</v>
+      </c>
+      <c r="D60" t="s">
+        <v>135</v>
+      </c>
+      <c r="E60" t="s">
+        <v>136</v>
+      </c>
+      <c r="F60" t="s">
+        <v>53</v>
+      </c>
+      <c r="G60" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="B60" t="s">
-[...2 lines deleted...]
-      <c r="C60" t="s">
+      <c r="H60" t="s">
         <v>240</v>
-      </c>
-[...13 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>241</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>242</v>
+      </c>
+      <c r="D61" t="s">
+        <v>135</v>
+      </c>
+      <c r="E61" t="s">
+        <v>136</v>
+      </c>
+      <c r="F61" t="s">
+        <v>53</v>
+      </c>
+      <c r="G61" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="B61" t="s">
-[...2 lines deleted...]
-      <c r="C61" t="s">
+      <c r="H61" t="s">
         <v>244</v>
-      </c>
-[...13 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>245</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>246</v>
+      </c>
+      <c r="D62" t="s">
+        <v>135</v>
+      </c>
+      <c r="E62" t="s">
+        <v>136</v>
+      </c>
+      <c r="F62" t="s">
+        <v>46</v>
+      </c>
+      <c r="G62" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="B62" t="s">
-[...2 lines deleted...]
-      <c r="C62" t="s">
+      <c r="H62" t="s">
         <v>248</v>
-      </c>
-[...13 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>249</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>250</v>
+      </c>
+      <c r="D63" t="s">
+        <v>135</v>
+      </c>
+      <c r="E63" t="s">
+        <v>136</v>
+      </c>
+      <c r="F63" t="s">
+        <v>32</v>
+      </c>
+      <c r="G63" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="B63" t="s">
-[...2 lines deleted...]
-      <c r="C63" t="s">
+      <c r="H63" t="s">
         <v>252</v>
-      </c>
-[...13 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>253</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>254</v>
+      </c>
+      <c r="D64" t="s">
+        <v>135</v>
+      </c>
+      <c r="E64" t="s">
+        <v>136</v>
+      </c>
+      <c r="F64" t="s">
+        <v>18</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B64" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s">
+      <c r="H64" t="s">
         <v>256</v>
-      </c>
-[...13 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>257</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>258</v>
+      </c>
+      <c r="D65" t="s">
+        <v>135</v>
+      </c>
+      <c r="E65" t="s">
+        <v>136</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="H65" t="s">
         <v>260</v>
-      </c>
-[...13 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>261</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>262</v>
+      </c>
+      <c r="D66" t="s">
+        <v>135</v>
+      </c>
+      <c r="E66" t="s">
+        <v>136</v>
+      </c>
+      <c r="F66" t="s">
+        <v>53</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="B66" t="s">
-[...2 lines deleted...]
-      <c r="C66" t="s">
+      <c r="H66" t="s">
         <v>264</v>
-      </c>
-[...13 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>265</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>266</v>
+      </c>
+      <c r="D67" t="s">
+        <v>135</v>
+      </c>
+      <c r="E67" t="s">
+        <v>136</v>
+      </c>
+      <c r="F67" t="s">
+        <v>53</v>
+      </c>
+      <c r="G67" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="H67" t="s">
         <v>268</v>
-      </c>
-[...13 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>269</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>270</v>
+      </c>
+      <c r="D68" t="s">
+        <v>135</v>
+      </c>
+      <c r="E68" t="s">
+        <v>136</v>
+      </c>
+      <c r="F68" t="s">
+        <v>23</v>
+      </c>
+      <c r="G68" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s">
+      <c r="H68" t="s">
         <v>272</v>
-      </c>
-[...13 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>273</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>274</v>
+      </c>
+      <c r="D69" t="s">
+        <v>135</v>
+      </c>
+      <c r="E69" t="s">
+        <v>136</v>
+      </c>
+      <c r="F69" t="s">
+        <v>23</v>
+      </c>
+      <c r="G69" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="B69" t="s">
-[...2 lines deleted...]
-      <c r="C69" t="s">
+      <c r="H69" t="s">
         <v>276</v>
-      </c>
-[...13 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>277</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>278</v>
+      </c>
+      <c r="D70" t="s">
+        <v>135</v>
+      </c>
+      <c r="E70" t="s">
+        <v>136</v>
+      </c>
+      <c r="F70" t="s">
+        <v>106</v>
+      </c>
+      <c r="G70" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="B70" t="s">
-[...2 lines deleted...]
-      <c r="C70" t="s">
+      <c r="H70" t="s">
         <v>280</v>
-      </c>
-[...13 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>281</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>282</v>
+      </c>
+      <c r="D71" t="s">
+        <v>135</v>
+      </c>
+      <c r="E71" t="s">
+        <v>136</v>
+      </c>
+      <c r="F71" t="s">
+        <v>53</v>
+      </c>
+      <c r="G71" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="B71" t="s">
-[...2 lines deleted...]
-      <c r="C71" t="s">
+      <c r="H71" t="s">
         <v>284</v>
-      </c>
-[...13 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>285</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>286</v>
+      </c>
+      <c r="D72" t="s">
+        <v>135</v>
+      </c>
+      <c r="E72" t="s">
+        <v>136</v>
+      </c>
+      <c r="F72" t="s">
+        <v>53</v>
+      </c>
+      <c r="G72" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="B72" t="s">
-[...2 lines deleted...]
-      <c r="C72" t="s">
+      <c r="H72" t="s">
         <v>288</v>
-      </c>
-[...13 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>289</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>290</v>
+      </c>
+      <c r="D73" t="s">
+        <v>135</v>
+      </c>
+      <c r="E73" t="s">
+        <v>136</v>
+      </c>
+      <c r="F73" t="s">
+        <v>106</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="H73" t="s">
         <v>292</v>
-      </c>
-[...13 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>293</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>294</v>
+      </c>
+      <c r="D74" t="s">
+        <v>135</v>
+      </c>
+      <c r="E74" t="s">
+        <v>136</v>
+      </c>
+      <c r="F74" t="s">
+        <v>46</v>
+      </c>
+      <c r="G74" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="B74" t="s">
-[...2 lines deleted...]
-      <c r="C74" t="s">
+      <c r="H74" t="s">
         <v>296</v>
-      </c>
-[...13 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>297</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>298</v>
+      </c>
+      <c r="D75" t="s">
+        <v>135</v>
+      </c>
+      <c r="E75" t="s">
+        <v>136</v>
+      </c>
+      <c r="F75" t="s">
+        <v>106</v>
+      </c>
+      <c r="G75" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="B75" t="s">
-[...2 lines deleted...]
-      <c r="C75" t="s">
+      <c r="H75" t="s">
         <v>300</v>
-      </c>
-[...13 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>301</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>302</v>
+      </c>
+      <c r="D76" t="s">
+        <v>135</v>
+      </c>
+      <c r="E76" t="s">
+        <v>136</v>
+      </c>
+      <c r="F76" t="s">
+        <v>46</v>
+      </c>
+      <c r="G76" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="H76" t="s">
         <v>304</v>
-      </c>
-[...13 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>305</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>306</v>
+      </c>
+      <c r="D77" t="s">
+        <v>135</v>
+      </c>
+      <c r="E77" t="s">
+        <v>136</v>
+      </c>
+      <c r="F77" t="s">
+        <v>53</v>
+      </c>
+      <c r="G77" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="B77" t="s">
-[...2 lines deleted...]
-      <c r="C77" t="s">
+      <c r="H77" t="s">
         <v>308</v>
-      </c>
-[...13 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>309</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>310</v>
+      </c>
+      <c r="D78" t="s">
+        <v>135</v>
+      </c>
+      <c r="E78" t="s">
+        <v>136</v>
+      </c>
+      <c r="F78" t="s">
+        <v>18</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="B78" t="s">
-[...2 lines deleted...]
-      <c r="C78" t="s">
+      <c r="H78" t="s">
         <v>312</v>
-      </c>
-[...13 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>313</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>314</v>
+      </c>
+      <c r="D79" t="s">
+        <v>135</v>
+      </c>
+      <c r="E79" t="s">
+        <v>136</v>
+      </c>
+      <c r="F79" t="s">
+        <v>53</v>
+      </c>
+      <c r="G79" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="B79" t="s">
-[...2 lines deleted...]
-      <c r="C79" t="s">
+      <c r="H79" t="s">
         <v>316</v>
-      </c>
-[...13 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>317</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>318</v>
+      </c>
+      <c r="D80" t="s">
+        <v>135</v>
+      </c>
+      <c r="E80" t="s">
+        <v>136</v>
+      </c>
+      <c r="F80" t="s">
+        <v>32</v>
+      </c>
+      <c r="G80" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="B80" t="s">
-[...2 lines deleted...]
-      <c r="C80" t="s">
+      <c r="H80" t="s">
         <v>320</v>
-      </c>
-[...13 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>321</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>322</v>
+      </c>
+      <c r="D81" t="s">
+        <v>135</v>
+      </c>
+      <c r="E81" t="s">
+        <v>136</v>
+      </c>
+      <c r="F81" t="s">
+        <v>32</v>
+      </c>
+      <c r="G81" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="B81" t="s">
-[...2 lines deleted...]
-      <c r="C81" t="s">
+      <c r="H81" t="s">
         <v>324</v>
-      </c>
-[...13 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>325</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>326</v>
+      </c>
+      <c r="D82" t="s">
+        <v>135</v>
+      </c>
+      <c r="E82" t="s">
+        <v>136</v>
+      </c>
+      <c r="F82" t="s">
+        <v>106</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="B82" t="s">
-[...2 lines deleted...]
-      <c r="C82" t="s">
+      <c r="H82" t="s">
         <v>328</v>
-      </c>
-[...13 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>329</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>330</v>
+      </c>
+      <c r="D83" t="s">
+        <v>135</v>
+      </c>
+      <c r="E83" t="s">
+        <v>136</v>
+      </c>
+      <c r="F83" t="s">
+        <v>46</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="B83" t="s">
-[...2 lines deleted...]
-      <c r="C83" t="s">
+      <c r="H83" t="s">
         <v>332</v>
-      </c>
-[...13 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>333</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>334</v>
+      </c>
+      <c r="D84" t="s">
+        <v>135</v>
+      </c>
+      <c r="E84" t="s">
+        <v>136</v>
+      </c>
+      <c r="F84" t="s">
+        <v>53</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="B84" t="s">
-[...2 lines deleted...]
-      <c r="C84" t="s">
+      <c r="H84" t="s">
         <v>336</v>
-      </c>
-[...13 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>337</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>338</v>
+      </c>
+      <c r="D85" t="s">
+        <v>135</v>
+      </c>
+      <c r="E85" t="s">
+        <v>136</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="B85" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s">
+      <c r="H85" t="s">
         <v>340</v>
-      </c>
-[...13 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>341</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>342</v>
+      </c>
+      <c r="D86" t="s">
+        <v>135</v>
+      </c>
+      <c r="E86" t="s">
+        <v>136</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="B86" t="s">
-[...2 lines deleted...]
-      <c r="C86" t="s">
+      <c r="H86" t="s">
         <v>344</v>
-      </c>
-[...13 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>345</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>346</v>
+      </c>
+      <c r="D87" t="s">
+        <v>135</v>
+      </c>
+      <c r="E87" t="s">
+        <v>136</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="B87" t="s">
-[...2 lines deleted...]
-      <c r="C87" t="s">
+      <c r="H87" t="s">
         <v>348</v>
-      </c>
-[...13 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>349</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>350</v>
+      </c>
+      <c r="D88" t="s">
+        <v>135</v>
+      </c>
+      <c r="E88" t="s">
+        <v>136</v>
+      </c>
+      <c r="F88" t="s">
+        <v>53</v>
+      </c>
+      <c r="G88" s="1" t="s">
         <v>351</v>
       </c>
-      <c r="B88" t="s">
-[...2 lines deleted...]
-      <c r="C88" t="s">
+      <c r="H88" t="s">
         <v>352</v>
-      </c>
-[...13 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>353</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>354</v>
+      </c>
+      <c r="D89" t="s">
+        <v>135</v>
+      </c>
+      <c r="E89" t="s">
+        <v>136</v>
+      </c>
+      <c r="F89" t="s">
+        <v>53</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="B89" t="s">
-[...2 lines deleted...]
-      <c r="C89" t="s">
+      <c r="H89" t="s">
         <v>356</v>
-      </c>
-[...13 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>357</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>358</v>
+      </c>
+      <c r="D90" t="s">
+        <v>135</v>
+      </c>
+      <c r="E90" t="s">
+        <v>136</v>
+      </c>
+      <c r="F90" t="s">
+        <v>23</v>
+      </c>
+      <c r="G90" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="B90" t="s">
-[...2 lines deleted...]
-      <c r="C90" t="s">
+      <c r="H90" t="s">
         <v>360</v>
-      </c>
-[...13 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>361</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>362</v>
+      </c>
+      <c r="D91" t="s">
+        <v>135</v>
+      </c>
+      <c r="E91" t="s">
+        <v>136</v>
+      </c>
+      <c r="F91" t="s">
+        <v>53</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="B91" t="s">
-[...2 lines deleted...]
-      <c r="C91" t="s">
+      <c r="H91" t="s">
         <v>364</v>
-      </c>
-[...13 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>365</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>366</v>
+      </c>
+      <c r="D92" t="s">
+        <v>135</v>
+      </c>
+      <c r="E92" t="s">
+        <v>136</v>
+      </c>
+      <c r="F92" t="s">
+        <v>18</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="H92" t="s">
         <v>368</v>
-      </c>
-[...19 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>369</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>370</v>
+      </c>
+      <c r="D93" t="s">
+        <v>135</v>
+      </c>
+      <c r="E93" t="s">
+        <v>136</v>
+      </c>
+      <c r="F93" t="s">
+        <v>18</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H93" t="s">
         <v>372</v>
-      </c>
-[...19 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>373</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>374</v>
+      </c>
+      <c r="D94" t="s">
+        <v>135</v>
+      </c>
+      <c r="E94" t="s">
+        <v>136</v>
+      </c>
+      <c r="F94" t="s">
+        <v>18</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="H94" t="s">
         <v>376</v>
-      </c>
-[...19 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>377</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>378</v>
+      </c>
+      <c r="D95" t="s">
+        <v>135</v>
+      </c>
+      <c r="E95" t="s">
+        <v>136</v>
+      </c>
+      <c r="F95" t="s">
+        <v>379</v>
+      </c>
+      <c r="G95" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="B95" t="s">
-[...2 lines deleted...]
-      <c r="C95" t="s">
+      <c r="H95" t="s">
         <v>381</v>
-      </c>
-[...13 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>382</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>383</v>
+      </c>
+      <c r="D96" t="s">
+        <v>135</v>
+      </c>
+      <c r="E96" t="s">
+        <v>136</v>
+      </c>
+      <c r="F96" t="s">
+        <v>379</v>
+      </c>
+      <c r="G96" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="B96" t="s">
-[...2 lines deleted...]
-      <c r="C96" t="s">
+      <c r="H96" t="s">
         <v>385</v>
-      </c>
-[...13 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>386</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>387</v>
+      </c>
+      <c r="D97" t="s">
+        <v>135</v>
+      </c>
+      <c r="E97" t="s">
+        <v>136</v>
+      </c>
+      <c r="F97" t="s">
+        <v>53</v>
+      </c>
+      <c r="G97" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="B97" t="s">
-[...2 lines deleted...]
-      <c r="C97" t="s">
+      <c r="H97" t="s">
         <v>389</v>
-      </c>
-[...13 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>390</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>391</v>
+      </c>
+      <c r="D98" t="s">
+        <v>135</v>
+      </c>
+      <c r="E98" t="s">
+        <v>136</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" s="1" t="s">
         <v>392</v>
       </c>
-      <c r="B98" t="s">
-[...2 lines deleted...]
-      <c r="C98" t="s">
+      <c r="H98" t="s">
         <v>393</v>
-      </c>
-[...13 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>394</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>395</v>
+      </c>
+      <c r="D99" t="s">
+        <v>135</v>
+      </c>
+      <c r="E99" t="s">
+        <v>136</v>
+      </c>
+      <c r="F99" t="s">
+        <v>53</v>
+      </c>
+      <c r="G99" s="1" t="s">
         <v>396</v>
       </c>
-      <c r="B99" t="s">
-[...2 lines deleted...]
-      <c r="C99" t="s">
+      <c r="H99" t="s">
         <v>397</v>
-      </c>
-[...13 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>398</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>399</v>
+      </c>
+      <c r="D100" t="s">
+        <v>135</v>
+      </c>
+      <c r="E100" t="s">
+        <v>136</v>
+      </c>
+      <c r="F100" t="s">
+        <v>106</v>
+      </c>
+      <c r="G100" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="B100" t="s">
-[...2 lines deleted...]
-      <c r="C100" t="s">
+      <c r="H100" t="s">
         <v>401</v>
-      </c>
-[...13 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>402</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>403</v>
+      </c>
+      <c r="D101" t="s">
+        <v>135</v>
+      </c>
+      <c r="E101" t="s">
+        <v>136</v>
+      </c>
+      <c r="F101" t="s">
+        <v>379</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="B101" t="s">
-[...2 lines deleted...]
-      <c r="C101" t="s">
+      <c r="H101" t="s">
         <v>405</v>
-      </c>
-[...13 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>406</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>407</v>
+      </c>
+      <c r="D102" t="s">
+        <v>135</v>
+      </c>
+      <c r="E102" t="s">
+        <v>136</v>
+      </c>
+      <c r="F102" t="s">
+        <v>53</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="B102" t="s">
-[...2 lines deleted...]
-      <c r="C102" t="s">
+      <c r="H102" t="s">
         <v>409</v>
-      </c>
-[...13 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>410</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>411</v>
+      </c>
+      <c r="D103" t="s">
+        <v>135</v>
+      </c>
+      <c r="E103" t="s">
+        <v>136</v>
+      </c>
+      <c r="F103" t="s">
+        <v>53</v>
+      </c>
+      <c r="G103" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="B103" t="s">
-[...2 lines deleted...]
-      <c r="C103" t="s">
+      <c r="H103" t="s">
         <v>413</v>
-      </c>
-[...13 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>414</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>415</v>
+      </c>
+      <c r="D104" t="s">
+        <v>135</v>
+      </c>
+      <c r="E104" t="s">
+        <v>136</v>
+      </c>
+      <c r="F104" t="s">
+        <v>32</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="B104" t="s">
-[...2 lines deleted...]
-      <c r="C104" t="s">
+      <c r="H104" t="s">
         <v>417</v>
-      </c>
-[...13 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>418</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>419</v>
+      </c>
+      <c r="D105" t="s">
+        <v>135</v>
+      </c>
+      <c r="E105" t="s">
+        <v>136</v>
+      </c>
+      <c r="F105" t="s">
+        <v>106</v>
+      </c>
+      <c r="G105" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="B105" t="s">
-[...2 lines deleted...]
-      <c r="C105" t="s">
+      <c r="H105" t="s">
         <v>421</v>
-      </c>
-[...13 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>422</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>423</v>
+      </c>
+      <c r="D106" t="s">
+        <v>135</v>
+      </c>
+      <c r="E106" t="s">
+        <v>136</v>
+      </c>
+      <c r="F106" t="s">
+        <v>18</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="B106" t="s">
-[...2 lines deleted...]
-      <c r="C106" t="s">
+      <c r="H106" t="s">
         <v>425</v>
-      </c>
-[...13 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>426</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>427</v>
+      </c>
+      <c r="D107" t="s">
+        <v>135</v>
+      </c>
+      <c r="E107" t="s">
+        <v>136</v>
+      </c>
+      <c r="F107" t="s">
+        <v>53</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="B107" t="s">
-[...2 lines deleted...]
-      <c r="C107" t="s">
+      <c r="H107" t="s">
         <v>429</v>
-      </c>
-[...13 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>430</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>431</v>
+      </c>
+      <c r="D108" t="s">
+        <v>135</v>
+      </c>
+      <c r="E108" t="s">
+        <v>136</v>
+      </c>
+      <c r="F108" t="s">
+        <v>106</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="B108" t="s">
-[...2 lines deleted...]
-      <c r="C108" t="s">
+      <c r="H108" t="s">
         <v>433</v>
-      </c>
-[...13 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>434</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>435</v>
+      </c>
+      <c r="D109" t="s">
+        <v>135</v>
+      </c>
+      <c r="E109" t="s">
+        <v>136</v>
+      </c>
+      <c r="F109" t="s">
+        <v>106</v>
+      </c>
+      <c r="G109" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="B109" t="s">
-[...2 lines deleted...]
-      <c r="C109" t="s">
+      <c r="H109" t="s">
         <v>437</v>
-      </c>
-[...13 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>438</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>439</v>
+      </c>
+      <c r="D110" t="s">
+        <v>135</v>
+      </c>
+      <c r="E110" t="s">
+        <v>136</v>
+      </c>
+      <c r="F110" t="s">
+        <v>53</v>
+      </c>
+      <c r="G110" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="B110" t="s">
-[...2 lines deleted...]
-      <c r="C110" t="s">
+      <c r="H110" t="s">
         <v>441</v>
-      </c>
-[...13 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>442</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>443</v>
+      </c>
+      <c r="D111" t="s">
+        <v>135</v>
+      </c>
+      <c r="E111" t="s">
+        <v>136</v>
+      </c>
+      <c r="F111" t="s">
+        <v>53</v>
+      </c>
+      <c r="G111" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="B111" t="s">
-[...2 lines deleted...]
-      <c r="C111" t="s">
+      <c r="H111" t="s">
         <v>445</v>
-      </c>
-[...13 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>446</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>447</v>
+      </c>
+      <c r="D112" t="s">
+        <v>135</v>
+      </c>
+      <c r="E112" t="s">
+        <v>136</v>
+      </c>
+      <c r="F112" t="s">
+        <v>53</v>
+      </c>
+      <c r="G112" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="B112" t="s">
-[...2 lines deleted...]
-      <c r="C112" t="s">
+      <c r="H112" t="s">
         <v>449</v>
-      </c>
-[...13 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D113" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="E113" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="F113" t="s">
         <v>18</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="H113" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>454</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>455</v>
+      </c>
+      <c r="D114" t="s">
+        <v>135</v>
+      </c>
+      <c r="E114" t="s">
+        <v>136</v>
+      </c>
+      <c r="F114" t="s">
+        <v>32</v>
+      </c>
+      <c r="G114" s="1" t="s">
         <v>456</v>
       </c>
-      <c r="B114" t="s">
-[...2 lines deleted...]
-      <c r="C114" t="s">
+      <c r="H114" t="s">
         <v>457</v>
-      </c>
-[...13 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>458</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>459</v>
+      </c>
+      <c r="D115" t="s">
+        <v>135</v>
+      </c>
+      <c r="E115" t="s">
+        <v>136</v>
+      </c>
+      <c r="F115" t="s">
+        <v>53</v>
+      </c>
+      <c r="G115" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="B115" t="s">
-[...2 lines deleted...]
-      <c r="C115" t="s">
+      <c r="H115" t="s">
         <v>461</v>
-      </c>
-[...13 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>462</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>463</v>
+      </c>
+      <c r="D116" t="s">
+        <v>135</v>
+      </c>
+      <c r="E116" t="s">
+        <v>136</v>
+      </c>
+      <c r="F116" t="s">
+        <v>53</v>
+      </c>
+      <c r="G116" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="B116" t="s">
-[...2 lines deleted...]
-      <c r="C116" t="s">
+      <c r="H116" t="s">
         <v>465</v>
-      </c>
-[...13 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>466</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>467</v>
+      </c>
+      <c r="D117" t="s">
+        <v>135</v>
+      </c>
+      <c r="E117" t="s">
+        <v>136</v>
+      </c>
+      <c r="F117" t="s">
+        <v>18</v>
+      </c>
+      <c r="G117" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="B117" t="s">
-[...2 lines deleted...]
-      <c r="C117" t="s">
+      <c r="H117" t="s">
         <v>469</v>
-      </c>
-[...13 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>470</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>471</v>
+      </c>
+      <c r="D118" t="s">
+        <v>135</v>
+      </c>
+      <c r="E118" t="s">
+        <v>136</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="B118" t="s">
-[...2 lines deleted...]
-      <c r="C118" t="s">
+      <c r="H118" t="s">
         <v>473</v>
-      </c>
-[...13 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>474</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>475</v>
+      </c>
+      <c r="D119" t="s">
+        <v>135</v>
+      </c>
+      <c r="E119" t="s">
+        <v>136</v>
+      </c>
+      <c r="F119" t="s">
+        <v>106</v>
+      </c>
+      <c r="G119" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="B119" t="s">
-[...2 lines deleted...]
-      <c r="C119" t="s">
+      <c r="H119" t="s">
         <v>477</v>
-      </c>
-[...13 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
+        <v>478</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>479</v>
+      </c>
+      <c r="D120" t="s">
+        <v>135</v>
+      </c>
+      <c r="E120" t="s">
+        <v>136</v>
+      </c>
+      <c r="F120" t="s">
+        <v>53</v>
+      </c>
+      <c r="G120" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="B120" t="s">
-[...2 lines deleted...]
-      <c r="C120" t="s">
+      <c r="H120" t="s">
         <v>481</v>
-      </c>
-[...13 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>482</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>483</v>
+      </c>
+      <c r="D121" t="s">
+        <v>135</v>
+      </c>
+      <c r="E121" t="s">
+        <v>136</v>
+      </c>
+      <c r="F121" t="s">
+        <v>379</v>
+      </c>
+      <c r="G121" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="B121" t="s">
-[...2 lines deleted...]
-      <c r="C121" t="s">
+      <c r="H121" t="s">
         <v>485</v>
-      </c>
-[...13 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>486</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>487</v>
+      </c>
+      <c r="D122" t="s">
+        <v>135</v>
+      </c>
+      <c r="E122" t="s">
+        <v>136</v>
+      </c>
+      <c r="F122" t="s">
+        <v>379</v>
+      </c>
+      <c r="G122" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="B122" t="s">
-[...2 lines deleted...]
-      <c r="C122" t="s">
+      <c r="H122" t="s">
         <v>489</v>
-      </c>
-[...13 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>490</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>491</v>
+      </c>
+      <c r="D123" t="s">
+        <v>135</v>
+      </c>
+      <c r="E123" t="s">
+        <v>136</v>
+      </c>
+      <c r="F123" t="s">
+        <v>379</v>
+      </c>
+      <c r="G123" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="B123" t="s">
-[...2 lines deleted...]
-      <c r="C123" t="s">
+      <c r="H123" t="s">
         <v>493</v>
-      </c>
-[...13 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>494</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>495</v>
+      </c>
+      <c r="D124" t="s">
+        <v>135</v>
+      </c>
+      <c r="E124" t="s">
+        <v>136</v>
+      </c>
+      <c r="F124" t="s">
+        <v>18</v>
+      </c>
+      <c r="G124" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="B124" t="s">
-[...2 lines deleted...]
-      <c r="C124" t="s">
+      <c r="H124" t="s">
         <v>497</v>
-      </c>
-[...13 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>498</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>499</v>
+      </c>
+      <c r="D125" t="s">
+        <v>135</v>
+      </c>
+      <c r="E125" t="s">
+        <v>136</v>
+      </c>
+      <c r="F125" t="s">
+        <v>379</v>
+      </c>
+      <c r="G125" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="B125" t="s">
-[...2 lines deleted...]
-      <c r="C125" t="s">
+      <c r="H125" t="s">
         <v>501</v>
-      </c>
-[...13 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>502</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>503</v>
+      </c>
+      <c r="D126" t="s">
+        <v>135</v>
+      </c>
+      <c r="E126" t="s">
+        <v>136</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="B126" t="s">
-[...2 lines deleted...]
-      <c r="C126" t="s">
+      <c r="H126" t="s">
         <v>505</v>
-      </c>
-[...13 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>506</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>507</v>
+      </c>
+      <c r="D127" t="s">
+        <v>135</v>
+      </c>
+      <c r="E127" t="s">
+        <v>136</v>
+      </c>
+      <c r="F127" t="s">
+        <v>106</v>
+      </c>
+      <c r="G127" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="B127" t="s">
-[...2 lines deleted...]
-      <c r="C127" t="s">
+      <c r="H127" t="s">
         <v>509</v>
-      </c>
-[...13 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>510</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>511</v>
+      </c>
+      <c r="D128" t="s">
+        <v>135</v>
+      </c>
+      <c r="E128" t="s">
+        <v>136</v>
+      </c>
+      <c r="F128" t="s">
+        <v>53</v>
+      </c>
+      <c r="G128" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="B128" t="s">
-[...2 lines deleted...]
-      <c r="C128" t="s">
+      <c r="H128" t="s">
         <v>513</v>
-      </c>
-[...13 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>514</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>515</v>
+      </c>
+      <c r="D129" t="s">
+        <v>135</v>
+      </c>
+      <c r="E129" t="s">
+        <v>136</v>
+      </c>
+      <c r="F129" t="s">
+        <v>53</v>
+      </c>
+      <c r="G129" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="B129" t="s">
-[...2 lines deleted...]
-      <c r="C129" t="s">
+      <c r="H129" t="s">
         <v>517</v>
-      </c>
-[...13 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>518</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>519</v>
+      </c>
+      <c r="D130" t="s">
+        <v>135</v>
+      </c>
+      <c r="E130" t="s">
+        <v>136</v>
+      </c>
+      <c r="F130" t="s">
+        <v>53</v>
+      </c>
+      <c r="G130" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="B130" t="s">
-[...2 lines deleted...]
-      <c r="C130" t="s">
+      <c r="H130" t="s">
         <v>521</v>
-      </c>
-[...13 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>522</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>523</v>
+      </c>
+      <c r="D131" t="s">
+        <v>135</v>
+      </c>
+      <c r="E131" t="s">
+        <v>136</v>
+      </c>
+      <c r="F131" t="s">
+        <v>53</v>
+      </c>
+      <c r="G131" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="B131" t="s">
-[...2 lines deleted...]
-      <c r="C131" t="s">
+      <c r="H131" t="s">
         <v>525</v>
-      </c>
-[...13 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>526</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>527</v>
+      </c>
+      <c r="D132" t="s">
+        <v>135</v>
+      </c>
+      <c r="E132" t="s">
+        <v>136</v>
+      </c>
+      <c r="F132" t="s">
+        <v>53</v>
+      </c>
+      <c r="G132" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="B132" t="s">
-[...2 lines deleted...]
-      <c r="C132" t="s">
+      <c r="H132" t="s">
         <v>529</v>
-      </c>
-[...13 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>530</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>531</v>
+      </c>
+      <c r="D133" t="s">
+        <v>135</v>
+      </c>
+      <c r="E133" t="s">
+        <v>136</v>
+      </c>
+      <c r="F133" t="s">
+        <v>32</v>
+      </c>
+      <c r="G133" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="B133" t="s">
-[...2 lines deleted...]
-      <c r="C133" t="s">
+      <c r="H133" t="s">
         <v>533</v>
-      </c>
-[...13 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>534</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>535</v>
+      </c>
+      <c r="D134" t="s">
+        <v>135</v>
+      </c>
+      <c r="E134" t="s">
+        <v>136</v>
+      </c>
+      <c r="F134" t="s">
+        <v>106</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="B134" t="s">
-[...2 lines deleted...]
-      <c r="C134" t="s">
+      <c r="H134" t="s">
         <v>537</v>
-      </c>
-[...13 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>538</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>539</v>
+      </c>
+      <c r="D135" t="s">
+        <v>135</v>
+      </c>
+      <c r="E135" t="s">
+        <v>136</v>
+      </c>
+      <c r="F135" t="s">
+        <v>18</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="B135" t="s">
-[...2 lines deleted...]
-      <c r="C135" t="s">
+      <c r="H135" t="s">
         <v>541</v>
-      </c>
-[...13 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>542</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>543</v>
+      </c>
+      <c r="D136" t="s">
+        <v>135</v>
+      </c>
+      <c r="E136" t="s">
+        <v>136</v>
+      </c>
+      <c r="F136" t="s">
+        <v>53</v>
+      </c>
+      <c r="G136" s="1" t="s">
         <v>544</v>
       </c>
-      <c r="B136" t="s">
-[...2 lines deleted...]
-      <c r="C136" t="s">
+      <c r="H136" t="s">
         <v>545</v>
-      </c>
-[...13 lines deleted...]
-        <v>547</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>546</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>547</v>
+      </c>
+      <c r="D137" t="s">
+        <v>135</v>
+      </c>
+      <c r="E137" t="s">
+        <v>136</v>
+      </c>
+      <c r="F137" t="s">
+        <v>53</v>
+      </c>
+      <c r="G137" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="B137" t="s">
-[...2 lines deleted...]
-      <c r="C137" t="s">
+      <c r="H137" t="s">
         <v>549</v>
-      </c>
-[...13 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>550</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>551</v>
+      </c>
+      <c r="D138" t="s">
+        <v>135</v>
+      </c>
+      <c r="E138" t="s">
+        <v>136</v>
+      </c>
+      <c r="F138" t="s">
+        <v>53</v>
+      </c>
+      <c r="G138" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="B138" t="s">
-[...2 lines deleted...]
-      <c r="C138" t="s">
+      <c r="H138" t="s">
         <v>553</v>
-      </c>
-[...13 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>554</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>555</v>
+      </c>
+      <c r="D139" t="s">
+        <v>135</v>
+      </c>
+      <c r="E139" t="s">
+        <v>136</v>
+      </c>
+      <c r="F139" t="s">
+        <v>53</v>
+      </c>
+      <c r="G139" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="B139" t="s">
-[...2 lines deleted...]
-      <c r="C139" t="s">
+      <c r="H139" t="s">
         <v>557</v>
-      </c>
-[...13 lines deleted...]
-        <v>559</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>558</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>559</v>
+      </c>
+      <c r="D140" t="s">
+        <v>135</v>
+      </c>
+      <c r="E140" t="s">
+        <v>136</v>
+      </c>
+      <c r="F140" t="s">
+        <v>46</v>
+      </c>
+      <c r="G140" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="B140" t="s">
-[...2 lines deleted...]
-      <c r="C140" t="s">
+      <c r="H140" t="s">
         <v>561</v>
-      </c>
-[...13 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>562</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>563</v>
+      </c>
+      <c r="D141" t="s">
+        <v>135</v>
+      </c>
+      <c r="E141" t="s">
+        <v>136</v>
+      </c>
+      <c r="F141" t="s">
+        <v>53</v>
+      </c>
+      <c r="G141" s="1" t="s">
         <v>564</v>
       </c>
-      <c r="B141" t="s">
-[...2 lines deleted...]
-      <c r="C141" t="s">
+      <c r="H141" t="s">
         <v>565</v>
-      </c>
-[...13 lines deleted...]
-        <v>567</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>566</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>567</v>
+      </c>
+      <c r="D142" t="s">
+        <v>135</v>
+      </c>
+      <c r="E142" t="s">
+        <v>136</v>
+      </c>
+      <c r="F142" t="s">
+        <v>53</v>
+      </c>
+      <c r="G142" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="B142" t="s">
-[...2 lines deleted...]
-      <c r="C142" t="s">
+      <c r="H142" t="s">
         <v>569</v>
-      </c>
-[...13 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="D143" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="E143" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="F143" t="s">
         <v>18</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="H143" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>574</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>575</v>
+      </c>
+      <c r="D144" t="s">
+        <v>135</v>
+      </c>
+      <c r="E144" t="s">
+        <v>136</v>
+      </c>
+      <c r="F144" t="s">
+        <v>53</v>
+      </c>
+      <c r="G144" s="1" t="s">
         <v>576</v>
       </c>
-      <c r="B144" t="s">
-[...2 lines deleted...]
-      <c r="C144" t="s">
+      <c r="H144" t="s">
         <v>577</v>
-      </c>
-[...13 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>578</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>579</v>
+      </c>
+      <c r="D145" t="s">
+        <v>135</v>
+      </c>
+      <c r="E145" t="s">
+        <v>136</v>
+      </c>
+      <c r="F145" t="s">
+        <v>53</v>
+      </c>
+      <c r="G145" s="1" t="s">
         <v>580</v>
       </c>
-      <c r="B145" t="s">
-[...2 lines deleted...]
-      <c r="C145" t="s">
+      <c r="H145" t="s">
         <v>581</v>
-      </c>
-[...13 lines deleted...]
-        <v>583</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>582</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>583</v>
+      </c>
+      <c r="D146" t="s">
+        <v>135</v>
+      </c>
+      <c r="E146" t="s">
+        <v>136</v>
+      </c>
+      <c r="F146" t="s">
+        <v>18</v>
+      </c>
+      <c r="G146" s="1" t="s">
         <v>584</v>
       </c>
-      <c r="B146" t="s">
-[...2 lines deleted...]
-      <c r="C146" t="s">
+      <c r="H146" t="s">
         <v>585</v>
-      </c>
-[...13 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>586</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>587</v>
+      </c>
+      <c r="D147" t="s">
+        <v>135</v>
+      </c>
+      <c r="E147" t="s">
+        <v>136</v>
+      </c>
+      <c r="F147" t="s">
+        <v>18</v>
+      </c>
+      <c r="G147" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="B147" t="s">
-[...2 lines deleted...]
-      <c r="C147" t="s">
+      <c r="H147" t="s">
         <v>589</v>
-      </c>
-[...13 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>590</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>591</v>
+      </c>
+      <c r="D148" t="s">
+        <v>135</v>
+      </c>
+      <c r="E148" t="s">
+        <v>136</v>
+      </c>
+      <c r="F148" t="s">
+        <v>53</v>
+      </c>
+      <c r="G148" s="1" t="s">
         <v>592</v>
       </c>
-      <c r="B148" t="s">
-[...2 lines deleted...]
-      <c r="C148" t="s">
+      <c r="H148" t="s">
         <v>593</v>
-      </c>
-[...13 lines deleted...]
-        <v>595</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>594</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>595</v>
+      </c>
+      <c r="D149" t="s">
+        <v>135</v>
+      </c>
+      <c r="E149" t="s">
+        <v>136</v>
+      </c>
+      <c r="F149" t="s">
+        <v>53</v>
+      </c>
+      <c r="G149" s="1" t="s">
         <v>596</v>
       </c>
-      <c r="B149" t="s">
-[...2 lines deleted...]
-      <c r="C149" t="s">
+      <c r="H149" t="s">
         <v>597</v>
-      </c>
-[...13 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
+        <v>598</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>599</v>
+      </c>
+      <c r="D150" t="s">
+        <v>135</v>
+      </c>
+      <c r="E150" t="s">
+        <v>136</v>
+      </c>
+      <c r="F150" t="s">
+        <v>46</v>
+      </c>
+      <c r="G150" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="B150" t="s">
-[...2 lines deleted...]
-      <c r="C150" t="s">
+      <c r="H150" t="s">
         <v>601</v>
-      </c>
-[...13 lines deleted...]
-        <v>603</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>602</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>603</v>
+      </c>
+      <c r="D151" t="s">
+        <v>135</v>
+      </c>
+      <c r="E151" t="s">
+        <v>136</v>
+      </c>
+      <c r="F151" t="s">
+        <v>53</v>
+      </c>
+      <c r="G151" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="B151" t="s">
-[...2 lines deleted...]
-      <c r="C151" t="s">
+      <c r="H151" t="s">
         <v>605</v>
-      </c>
-[...13 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>606</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>607</v>
+      </c>
+      <c r="D152" t="s">
+        <v>135</v>
+      </c>
+      <c r="E152" t="s">
+        <v>136</v>
+      </c>
+      <c r="F152" t="s">
+        <v>53</v>
+      </c>
+      <c r="G152" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="B152" t="s">
-[...2 lines deleted...]
-      <c r="C152" t="s">
+      <c r="H152" t="s">
         <v>609</v>
-      </c>
-[...13 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>610</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>611</v>
+      </c>
+      <c r="D153" t="s">
+        <v>135</v>
+      </c>
+      <c r="E153" t="s">
+        <v>136</v>
+      </c>
+      <c r="F153" t="s">
+        <v>106</v>
+      </c>
+      <c r="G153" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="B153" t="s">
-[...2 lines deleted...]
-      <c r="C153" t="s">
+      <c r="H153" t="s">
         <v>613</v>
-      </c>
-[...13 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>614</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>615</v>
+      </c>
+      <c r="D154" t="s">
+        <v>135</v>
+      </c>
+      <c r="E154" t="s">
+        <v>136</v>
+      </c>
+      <c r="F154" t="s">
+        <v>18</v>
+      </c>
+      <c r="G154" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="B154" t="s">
-[...2 lines deleted...]
-      <c r="C154" t="s">
+      <c r="H154" t="s">
         <v>617</v>
-      </c>
-[...13 lines deleted...]
-        <v>619</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>618</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>619</v>
+      </c>
+      <c r="D155" t="s">
+        <v>135</v>
+      </c>
+      <c r="E155" t="s">
+        <v>136</v>
+      </c>
+      <c r="F155" t="s">
+        <v>18</v>
+      </c>
+      <c r="G155" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="B155" t="s">
-[...2 lines deleted...]
-      <c r="C155" t="s">
+      <c r="H155" t="s">
         <v>621</v>
-      </c>
-[...13 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
+        <v>622</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>623</v>
+      </c>
+      <c r="D156" t="s">
+        <v>135</v>
+      </c>
+      <c r="E156" t="s">
+        <v>136</v>
+      </c>
+      <c r="F156" t="s">
+        <v>18</v>
+      </c>
+      <c r="G156" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="B156" t="s">
-[...2 lines deleted...]
-      <c r="C156" t="s">
+      <c r="H156" t="s">
         <v>625</v>
-      </c>
-[...13 lines deleted...]
-        <v>627</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
+        <v>626</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>627</v>
+      </c>
+      <c r="D157" t="s">
+        <v>135</v>
+      </c>
+      <c r="E157" t="s">
+        <v>136</v>
+      </c>
+      <c r="F157" t="s">
+        <v>13</v>
+      </c>
+      <c r="G157" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="B157" t="s">
-[...2 lines deleted...]
-      <c r="C157" t="s">
+      <c r="H157" t="s">
         <v>629</v>
-      </c>
-[...13 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>630</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>631</v>
+      </c>
+      <c r="D158" t="s">
+        <v>135</v>
+      </c>
+      <c r="E158" t="s">
+        <v>136</v>
+      </c>
+      <c r="F158" t="s">
+        <v>53</v>
+      </c>
+      <c r="G158" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="B158" t="s">
-[...2 lines deleted...]
-      <c r="C158" t="s">
+      <c r="H158" t="s">
         <v>633</v>
-      </c>
-[...13 lines deleted...]
-        <v>635</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
+        <v>634</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>635</v>
+      </c>
+      <c r="D159" t="s">
+        <v>135</v>
+      </c>
+      <c r="E159" t="s">
+        <v>136</v>
+      </c>
+      <c r="F159" t="s">
+        <v>23</v>
+      </c>
+      <c r="G159" s="1" t="s">
         <v>636</v>
       </c>
-      <c r="B159" t="s">
-[...2 lines deleted...]
-      <c r="C159" t="s">
+      <c r="H159" t="s">
         <v>637</v>
-      </c>
-[...13 lines deleted...]
-        <v>639</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
+        <v>638</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>639</v>
+      </c>
+      <c r="D160" t="s">
+        <v>135</v>
+      </c>
+      <c r="E160" t="s">
+        <v>136</v>
+      </c>
+      <c r="F160" t="s">
+        <v>53</v>
+      </c>
+      <c r="G160" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="B160" t="s">
-[...2 lines deleted...]
-      <c r="C160" t="s">
+      <c r="H160" t="s">
         <v>641</v>
-      </c>
-[...13 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
+        <v>642</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>643</v>
+      </c>
+      <c r="D161" t="s">
+        <v>135</v>
+      </c>
+      <c r="E161" t="s">
+        <v>136</v>
+      </c>
+      <c r="F161" t="s">
+        <v>46</v>
+      </c>
+      <c r="G161" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="B161" t="s">
-[...2 lines deleted...]
-      <c r="C161" t="s">
+      <c r="H161" t="s">
         <v>645</v>
-      </c>
-[...13 lines deleted...]
-        <v>647</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>646</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>647</v>
+      </c>
+      <c r="D162" t="s">
+        <v>135</v>
+      </c>
+      <c r="E162" t="s">
+        <v>136</v>
+      </c>
+      <c r="F162" t="s">
+        <v>106</v>
+      </c>
+      <c r="G162" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="B162" t="s">
-[...2 lines deleted...]
-      <c r="C162" t="s">
+      <c r="H162" t="s">
         <v>649</v>
-      </c>
-[...13 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="D163" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="E163" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="F163" t="s">
         <v>18</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="H163" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>654</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>655</v>
+      </c>
+      <c r="D164" t="s">
+        <v>135</v>
+      </c>
+      <c r="E164" t="s">
+        <v>136</v>
+      </c>
+      <c r="F164" t="s">
+        <v>18</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H164" t="s">
         <v>657</v>
-      </c>
-[...19 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>658</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>659</v>
+      </c>
+      <c r="D165" t="s">
+        <v>135</v>
+      </c>
+      <c r="E165" t="s">
+        <v>136</v>
+      </c>
+      <c r="F165" t="s">
+        <v>46</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="H165" t="s">
         <v>661</v>
-      </c>
-[...19 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>662</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>663</v>
+      </c>
+      <c r="D166" t="s">
+        <v>135</v>
+      </c>
+      <c r="E166" t="s">
+        <v>136</v>
+      </c>
+      <c r="F166" t="s">
+        <v>664</v>
+      </c>
+      <c r="G166" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="B166" t="s">
-[...2 lines deleted...]
-      <c r="C166" t="s">
+      <c r="H166" t="s">
         <v>666</v>
-      </c>
-[...13 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>667</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>668</v>
+      </c>
+      <c r="D167" t="s">
+        <v>135</v>
+      </c>
+      <c r="E167" t="s">
+        <v>136</v>
+      </c>
+      <c r="F167" t="s">
+        <v>18</v>
+      </c>
+      <c r="G167" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="B167" t="s">
-[...2 lines deleted...]
-      <c r="C167" t="s">
+      <c r="H167" t="s">
         <v>670</v>
-      </c>
-[...13 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>671</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>672</v>
+      </c>
+      <c r="D168" t="s">
+        <v>135</v>
+      </c>
+      <c r="E168" t="s">
+        <v>136</v>
+      </c>
+      <c r="F168" t="s">
+        <v>13</v>
+      </c>
+      <c r="G168" s="1" t="s">
         <v>673</v>
       </c>
-      <c r="B168" t="s">
-[...2 lines deleted...]
-      <c r="C168" t="s">
+      <c r="H168" t="s">
         <v>674</v>
-      </c>
-[...13 lines deleted...]
-        <v>676</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>675</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>676</v>
+      </c>
+      <c r="D169" t="s">
+        <v>135</v>
+      </c>
+      <c r="E169" t="s">
+        <v>136</v>
+      </c>
+      <c r="F169" t="s">
+        <v>53</v>
+      </c>
+      <c r="G169" s="1" t="s">
         <v>677</v>
       </c>
-      <c r="B169" t="s">
-[...2 lines deleted...]
-      <c r="C169" t="s">
+      <c r="H169" t="s">
         <v>678</v>
-      </c>
-[...13 lines deleted...]
-        <v>680</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
+        <v>679</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>680</v>
+      </c>
+      <c r="D170" t="s">
+        <v>135</v>
+      </c>
+      <c r="E170" t="s">
+        <v>136</v>
+      </c>
+      <c r="F170" t="s">
+        <v>46</v>
+      </c>
+      <c r="G170" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="B170" t="s">
-[...2 lines deleted...]
-      <c r="C170" t="s">
+      <c r="H170" t="s">
         <v>682</v>
-      </c>
-[...13 lines deleted...]
-        <v>684</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
+        <v>683</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>684</v>
+      </c>
+      <c r="D171" t="s">
+        <v>135</v>
+      </c>
+      <c r="E171" t="s">
+        <v>136</v>
+      </c>
+      <c r="F171" t="s">
+        <v>106</v>
+      </c>
+      <c r="G171" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="B171" t="s">
-[...2 lines deleted...]
-      <c r="C171" t="s">
+      <c r="H171" t="s">
         <v>686</v>
-      </c>
-[...13 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>687</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>688</v>
+      </c>
+      <c r="D172" t="s">
+        <v>135</v>
+      </c>
+      <c r="E172" t="s">
+        <v>136</v>
+      </c>
+      <c r="F172" t="s">
+        <v>106</v>
+      </c>
+      <c r="G172" s="1" t="s">
         <v>689</v>
       </c>
-      <c r="B172" t="s">
-[...2 lines deleted...]
-      <c r="C172" t="s">
+      <c r="H172" t="s">
         <v>690</v>
-      </c>
-[...13 lines deleted...]
-        <v>692</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
+        <v>691</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>692</v>
+      </c>
+      <c r="D173" t="s">
+        <v>135</v>
+      </c>
+      <c r="E173" t="s">
+        <v>136</v>
+      </c>
+      <c r="F173" t="s">
+        <v>18</v>
+      </c>
+      <c r="G173" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="B173" t="s">
-[...2 lines deleted...]
-      <c r="C173" t="s">
+      <c r="H173" t="s">
         <v>694</v>
-      </c>
-[...13 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
+        <v>695</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>696</v>
+      </c>
+      <c r="D174" t="s">
+        <v>135</v>
+      </c>
+      <c r="E174" t="s">
+        <v>136</v>
+      </c>
+      <c r="F174" t="s">
+        <v>106</v>
+      </c>
+      <c r="G174" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="B174" t="s">
-[...2 lines deleted...]
-      <c r="C174" t="s">
+      <c r="H174" t="s">
         <v>698</v>
-      </c>
-[...13 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="D175" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="E175" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="F175" t="s">
         <v>18</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="H175" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
+        <v>703</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>704</v>
+      </c>
+      <c r="D176" t="s">
+        <v>135</v>
+      </c>
+      <c r="E176" t="s">
+        <v>136</v>
+      </c>
+      <c r="F176" t="s">
+        <v>13</v>
+      </c>
+      <c r="G176" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="B176" t="s">
-[...2 lines deleted...]
-      <c r="C176" t="s">
+      <c r="H176" t="s">
         <v>706</v>
-      </c>
-[...13 lines deleted...]
-        <v>708</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
+        <v>707</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>708</v>
+      </c>
+      <c r="D177" t="s">
+        <v>135</v>
+      </c>
+      <c r="E177" t="s">
+        <v>136</v>
+      </c>
+      <c r="F177" t="s">
+        <v>106</v>
+      </c>
+      <c r="G177" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="B177" t="s">
-[...2 lines deleted...]
-      <c r="C177" t="s">
+      <c r="H177" t="s">
         <v>710</v>
-      </c>
-[...13 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
+        <v>711</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>712</v>
+      </c>
+      <c r="D178" t="s">
+        <v>135</v>
+      </c>
+      <c r="E178" t="s">
+        <v>136</v>
+      </c>
+      <c r="F178" t="s">
+        <v>106</v>
+      </c>
+      <c r="G178" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="B178" t="s">
-[...2 lines deleted...]
-      <c r="C178" t="s">
+      <c r="H178" t="s">
         <v>714</v>
-      </c>
-[...13 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>715</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>716</v>
+      </c>
+      <c r="D179" t="s">
+        <v>135</v>
+      </c>
+      <c r="E179" t="s">
+        <v>136</v>
+      </c>
+      <c r="F179" t="s">
+        <v>18</v>
+      </c>
+      <c r="G179" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="B179" t="s">
-[...2 lines deleted...]
-      <c r="C179" t="s">
+      <c r="H179" t="s">
         <v>718</v>
-      </c>
-[...13 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
+        <v>719</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>720</v>
+      </c>
+      <c r="D180" t="s">
+        <v>135</v>
+      </c>
+      <c r="E180" t="s">
+        <v>136</v>
+      </c>
+      <c r="F180" t="s">
+        <v>46</v>
+      </c>
+      <c r="G180" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="B180" t="s">
-[...2 lines deleted...]
-      <c r="C180" t="s">
+      <c r="H180" t="s">
         <v>722</v>
-      </c>
-[...13 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>723</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>724</v>
+      </c>
+      <c r="D181" t="s">
+        <v>135</v>
+      </c>
+      <c r="E181" t="s">
+        <v>136</v>
+      </c>
+      <c r="F181" t="s">
+        <v>18</v>
+      </c>
+      <c r="G181" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="B181" t="s">
-[...2 lines deleted...]
-      <c r="C181" t="s">
+      <c r="H181" t="s">
         <v>726</v>
-      </c>
-[...13 lines deleted...]
-        <v>728</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>727</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>728</v>
+      </c>
+      <c r="D182" t="s">
+        <v>135</v>
+      </c>
+      <c r="E182" t="s">
+        <v>136</v>
+      </c>
+      <c r="F182" t="s">
+        <v>106</v>
+      </c>
+      <c r="G182" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="B182" t="s">
-[...2 lines deleted...]
-      <c r="C182" t="s">
+      <c r="H182" t="s">
         <v>730</v>
-      </c>
-[...13 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>731</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>732</v>
+      </c>
+      <c r="D183" t="s">
+        <v>135</v>
+      </c>
+      <c r="E183" t="s">
+        <v>136</v>
+      </c>
+      <c r="F183" t="s">
+        <v>106</v>
+      </c>
+      <c r="G183" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="B183" t="s">
-[...2 lines deleted...]
-      <c r="C183" t="s">
+      <c r="H183" t="s">
         <v>734</v>
-      </c>
-[...13 lines deleted...]
-        <v>736</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>735</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>736</v>
+      </c>
+      <c r="D184" t="s">
+        <v>135</v>
+      </c>
+      <c r="E184" t="s">
+        <v>136</v>
+      </c>
+      <c r="F184" t="s">
+        <v>53</v>
+      </c>
+      <c r="G184" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="B184" t="s">
-[...5 lines deleted...]
-      <c r="D184" t="s">
+      <c r="H184" t="s">
         <v>738</v>
-      </c>
-[...10 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>10</v>
+        <v>740</v>
       </c>
       <c r="D185" t="s">
-        <v>744</v>
+        <v>135</v>
       </c>
       <c r="E185" t="s">
-        <v>745</v>
+        <v>136</v>
       </c>
       <c r="F185" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
       <c r="H185" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>748</v>
+        <v>743</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>17</v>
+        <v>744</v>
       </c>
       <c r="D186" t="s">
-        <v>744</v>
+        <v>135</v>
       </c>
       <c r="E186" t="s">
+        <v>136</v>
+      </c>
+      <c r="F186" t="s">
+        <v>18</v>
+      </c>
+      <c r="G186" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="F186" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H186" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>22</v>
+        <v>748</v>
       </c>
       <c r="D187" t="s">
-        <v>744</v>
+        <v>135</v>
       </c>
       <c r="E187" t="s">
-        <v>745</v>
+        <v>136</v>
       </c>
       <c r="F187" t="s">
         <v>18</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="H187" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>751</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>752</v>
+      </c>
+      <c r="D188" t="s">
+        <v>135</v>
+      </c>
+      <c r="E188" t="s">
+        <v>136</v>
+      </c>
+      <c r="F188" t="s">
+        <v>32</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H188" t="s">
         <v>754</v>
-      </c>
-[...19 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
+        <v>755</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>756</v>
+      </c>
+      <c r="D189" t="s">
+        <v>135</v>
+      </c>
+      <c r="E189" t="s">
+        <v>136</v>
+      </c>
+      <c r="F189" t="s">
+        <v>53</v>
+      </c>
+      <c r="G189" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="B189" t="s">
-[...14 lines deleted...]
-      <c r="G189" s="1" t="s">
+      <c r="H189" t="s">
         <v>758</v>
-      </c>
-[...1 lines deleted...]
-        <v>759</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
+        <v>759</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
         <v>760</v>
       </c>
-      <c r="B190" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D190" t="s">
-        <v>744</v>
+        <v>135</v>
       </c>
       <c r="E190" t="s">
-        <v>745</v>
+        <v>136</v>
       </c>
       <c r="F190" t="s">
-        <v>49</v>
+        <v>106</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>761</v>
       </c>
       <c r="H190" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>763</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>110</v>
+        <v>764</v>
       </c>
       <c r="D191" t="s">
-        <v>744</v>
+        <v>135</v>
       </c>
       <c r="E191" t="s">
-        <v>745</v>
+        <v>136</v>
       </c>
       <c r="F191" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="H191" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>143</v>
+        <v>768</v>
       </c>
       <c r="D192" t="s">
-        <v>744</v>
+        <v>135</v>
       </c>
       <c r="E192" t="s">
-        <v>745</v>
+        <v>136</v>
       </c>
       <c r="F192" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="H192" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>147</v>
+        <v>772</v>
       </c>
       <c r="D193" t="s">
-        <v>744</v>
+        <v>135</v>
       </c>
       <c r="E193" t="s">
-        <v>745</v>
+        <v>136</v>
       </c>
       <c r="F193" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="H193" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>10</v>
+        <v>776</v>
       </c>
       <c r="D194" t="s">
-        <v>773</v>
+        <v>135</v>
       </c>
       <c r="E194" t="s">
-        <v>774</v>
+        <v>136</v>
       </c>
       <c r="F194" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="H194" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>10</v>
+        <v>780</v>
       </c>
       <c r="D195" t="s">
-        <v>778</v>
+        <v>135</v>
       </c>
       <c r="E195" t="s">
-        <v>779</v>
+        <v>136</v>
       </c>
       <c r="F195" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="H195" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>17</v>
+        <v>784</v>
       </c>
       <c r="D196" t="s">
-        <v>778</v>
+        <v>135</v>
       </c>
       <c r="E196" t="s">
-        <v>779</v>
+        <v>136</v>
       </c>
       <c r="F196" t="s">
         <v>18</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="H196" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>22</v>
+        <v>788</v>
       </c>
       <c r="D197" t="s">
-        <v>778</v>
+        <v>135</v>
       </c>
       <c r="E197" t="s">
-        <v>779</v>
+        <v>136</v>
       </c>
       <c r="F197" t="s">
-        <v>18</v>
+        <v>789</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="H197" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>27</v>
+        <v>793</v>
       </c>
       <c r="D198" t="s">
-        <v>778</v>
+        <v>135</v>
       </c>
       <c r="E198" t="s">
-        <v>779</v>
+        <v>136</v>
       </c>
       <c r="F198" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="H198" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>31</v>
+        <v>797</v>
       </c>
       <c r="D199" t="s">
-        <v>778</v>
+        <v>135</v>
       </c>
       <c r="E199" t="s">
-        <v>779</v>
+        <v>136</v>
       </c>
       <c r="F199" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="H199" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="D200" t="s">
-        <v>778</v>
+        <v>801</v>
       </c>
       <c r="E200" t="s">
-        <v>779</v>
+        <v>802</v>
       </c>
       <c r="F200" t="s">
-        <v>18</v>
+        <v>803</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>795</v>
+        <v>804</v>
       </c>
       <c r="H200" t="s">
-        <v>796</v>
+        <v>805</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>797</v>
+        <v>806</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="D201" t="s">
-        <v>778</v>
+        <v>807</v>
       </c>
       <c r="E201" t="s">
-        <v>779</v>
+        <v>808</v>
       </c>
       <c r="F201" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>798</v>
+        <v>809</v>
       </c>
       <c r="H201" t="s">
-        <v>799</v>
+        <v>810</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>800</v>
+        <v>811</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>143</v>
+        <v>17</v>
       </c>
       <c r="D202" t="s">
-        <v>778</v>
+        <v>807</v>
       </c>
       <c r="E202" t="s">
-        <v>779</v>
+        <v>808</v>
       </c>
       <c r="F202" t="s">
-        <v>801</v>
+        <v>32</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>802</v>
+        <v>812</v>
       </c>
       <c r="H202" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>147</v>
+        <v>22</v>
       </c>
       <c r="D203" t="s">
-        <v>778</v>
+        <v>807</v>
       </c>
       <c r="E203" t="s">
-        <v>779</v>
+        <v>808</v>
       </c>
       <c r="F203" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>805</v>
+        <v>815</v>
       </c>
       <c r="H203" t="s">
-        <v>806</v>
+        <v>816</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
+        <v>817</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>27</v>
+      </c>
+      <c r="D204" t="s">
         <v>807</v>
       </c>
-      <c r="B204" t="s">
-[...2 lines deleted...]
-      <c r="C204" t="s">
+      <c r="E204" t="s">
         <v>808</v>
       </c>
-      <c r="D204" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F204" t="s">
-        <v>811</v>
+        <v>13</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="H204" t="s">
-        <v>813</v>
+        <v>819</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>815</v>
+        <v>31</v>
       </c>
       <c r="D205" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="E205" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="F205" t="s">
-        <v>811</v>
+        <v>53</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
       <c r="H205" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>819</v>
+        <v>36</v>
       </c>
       <c r="D206" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="E206" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="F206" t="s">
-        <v>811</v>
+        <v>53</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="H206" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>823</v>
+        <v>40</v>
       </c>
       <c r="D207" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="E207" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="F207" t="s">
-        <v>811</v>
+        <v>53</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="H207" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>827</v>
+        <v>125</v>
       </c>
       <c r="D208" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="E208" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="F208" t="s">
-        <v>811</v>
+        <v>32</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="H208" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>831</v>
+        <v>161</v>
       </c>
       <c r="D209" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="E209" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="F209" t="s">
-        <v>811</v>
+        <v>53</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="H209" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>835</v>
+        <v>10</v>
       </c>
       <c r="D210" t="s">
-        <v>809</v>
+        <v>836</v>
       </c>
       <c r="E210" t="s">
-        <v>810</v>
+        <v>837</v>
       </c>
       <c r="F210" t="s">
-        <v>811</v>
+        <v>53</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="H210" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>839</v>
+        <v>10</v>
       </c>
       <c r="D211" t="s">
-        <v>809</v>
+        <v>841</v>
       </c>
       <c r="E211" t="s">
-        <v>810</v>
+        <v>842</v>
       </c>
       <c r="F211" t="s">
-        <v>811</v>
+        <v>18</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="H211" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
+        <v>845</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>17</v>
+      </c>
+      <c r="D212" t="s">
+        <v>841</v>
+      </c>
+      <c r="E212" t="s">
         <v>842</v>
       </c>
-      <c r="B212" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F212" t="s">
-        <v>811</v>
+        <v>18</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="H212" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>847</v>
+        <v>22</v>
       </c>
       <c r="D213" t="s">
-        <v>809</v>
+        <v>841</v>
       </c>
       <c r="E213" t="s">
-        <v>810</v>
+        <v>842</v>
       </c>
       <c r="F213" t="s">
-        <v>811</v>
+        <v>18</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="H213" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>851</v>
+        <v>27</v>
       </c>
       <c r="D214" t="s">
-        <v>809</v>
+        <v>841</v>
       </c>
       <c r="E214" t="s">
-        <v>810</v>
+        <v>842</v>
       </c>
       <c r="F214" t="s">
-        <v>811</v>
+        <v>18</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>852</v>
       </c>
       <c r="H214" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>854</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
+        <v>31</v>
+      </c>
+      <c r="D215" t="s">
+        <v>841</v>
+      </c>
+      <c r="E215" t="s">
+        <v>842</v>
+      </c>
+      <c r="F215" t="s">
+        <v>18</v>
+      </c>
+      <c r="G215" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="D215" t="s">
-[...8 lines deleted...]
-      <c r="G215" s="1" t="s">
+      <c r="H215" t="s">
         <v>856</v>
-      </c>
-[...1 lines deleted...]
-        <v>857</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
+        <v>857</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>36</v>
+      </c>
+      <c r="D216" t="s">
+        <v>841</v>
+      </c>
+      <c r="E216" t="s">
+        <v>842</v>
+      </c>
+      <c r="F216" t="s">
+        <v>18</v>
+      </c>
+      <c r="G216" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="B216" t="s">
-[...2 lines deleted...]
-      <c r="C216" t="s">
+      <c r="H216" t="s">
         <v>859</v>
-      </c>
-[...13 lines deleted...]
-        <v>861</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
+        <v>860</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>40</v>
+      </c>
+      <c r="D217" t="s">
+        <v>841</v>
+      </c>
+      <c r="E217" t="s">
+        <v>842</v>
+      </c>
+      <c r="F217" t="s">
+        <v>18</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="H217" t="s">
         <v>862</v>
-      </c>
-[...19 lines deleted...]
-        <v>865</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>863</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>125</v>
+      </c>
+      <c r="D218" t="s">
+        <v>841</v>
+      </c>
+      <c r="E218" t="s">
+        <v>842</v>
+      </c>
+      <c r="F218" t="s">
+        <v>864</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="H218" t="s">
         <v>866</v>
-      </c>
-[...19 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>871</v>
+        <v>161</v>
       </c>
       <c r="D219" t="s">
-        <v>809</v>
+        <v>841</v>
       </c>
       <c r="E219" t="s">
-        <v>810</v>
+        <v>842</v>
       </c>
       <c r="F219" t="s">
-        <v>811</v>
+        <v>13</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="H219" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
+        <v>870</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>871</v>
+      </c>
+      <c r="D220" t="s">
+        <v>872</v>
+      </c>
+      <c r="E220" t="s">
+        <v>873</v>
+      </c>
+      <c r="F220" t="s">
         <v>874</v>
       </c>
-      <c r="B220" t="s">
-[...2 lines deleted...]
-      <c r="C220" t="s">
+      <c r="G220" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="D220" t="s">
-[...8 lines deleted...]
-      <c r="G220" s="1" t="s">
+      <c r="H220" t="s">
         <v>876</v>
-      </c>
-[...1 lines deleted...]
-        <v>877</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
+        <v>877</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
         <v>878</v>
       </c>
-      <c r="B221" t="s">
-[...2 lines deleted...]
-      <c r="C221" t="s">
+      <c r="D221" t="s">
+        <v>872</v>
+      </c>
+      <c r="E221" t="s">
+        <v>873</v>
+      </c>
+      <c r="F221" t="s">
+        <v>874</v>
+      </c>
+      <c r="G221" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="D221" t="s">
-[...8 lines deleted...]
-      <c r="G221" s="1" t="s">
+      <c r="H221" t="s">
         <v>880</v>
-      </c>
-[...1 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
+        <v>881</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
         <v>882</v>
       </c>
-      <c r="B222" t="s">
-[...2 lines deleted...]
-      <c r="C222" t="s">
+      <c r="D222" t="s">
+        <v>872</v>
+      </c>
+      <c r="E222" t="s">
+        <v>873</v>
+      </c>
+      <c r="F222" t="s">
+        <v>874</v>
+      </c>
+      <c r="G222" s="1" t="s">
         <v>883</v>
       </c>
-      <c r="D222" t="s">
-[...8 lines deleted...]
-      <c r="G222" s="1" t="s">
+      <c r="H222" t="s">
         <v>884</v>
-      </c>
-[...1 lines deleted...]
-        <v>885</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
+        <v>885</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
         <v>886</v>
       </c>
-      <c r="B223" t="s">
-[...2 lines deleted...]
-      <c r="C223" t="s">
+      <c r="D223" t="s">
+        <v>872</v>
+      </c>
+      <c r="E223" t="s">
+        <v>873</v>
+      </c>
+      <c r="F223" t="s">
+        <v>874</v>
+      </c>
+      <c r="G223" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="D223" t="s">
-[...8 lines deleted...]
-      <c r="G223" s="1" t="s">
+      <c r="H223" t="s">
         <v>888</v>
-      </c>
-[...1 lines deleted...]
-        <v>889</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
+        <v>889</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
         <v>890</v>
       </c>
-      <c r="B224" t="s">
-[...2 lines deleted...]
-      <c r="C224" t="s">
+      <c r="D224" t="s">
+        <v>872</v>
+      </c>
+      <c r="E224" t="s">
+        <v>873</v>
+      </c>
+      <c r="F224" t="s">
+        <v>874</v>
+      </c>
+      <c r="G224" s="1" t="s">
         <v>891</v>
       </c>
-      <c r="D224" t="s">
-[...8 lines deleted...]
-      <c r="G224" s="1" t="s">
+      <c r="H224" t="s">
         <v>892</v>
-      </c>
-[...1 lines deleted...]
-        <v>893</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
+        <v>893</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
         <v>894</v>
       </c>
-      <c r="B225" t="s">
-[...2 lines deleted...]
-      <c r="C225" t="s">
+      <c r="D225" t="s">
+        <v>872</v>
+      </c>
+      <c r="E225" t="s">
+        <v>873</v>
+      </c>
+      <c r="F225" t="s">
+        <v>874</v>
+      </c>
+      <c r="G225" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="D225" t="s">
-[...8 lines deleted...]
-      <c r="G225" s="1" t="s">
+      <c r="H225" t="s">
         <v>896</v>
-      </c>
-[...1 lines deleted...]
-        <v>897</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
+        <v>897</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
         <v>898</v>
       </c>
-      <c r="B226" t="s">
-[...2 lines deleted...]
-      <c r="C226" t="s">
+      <c r="D226" t="s">
+        <v>872</v>
+      </c>
+      <c r="E226" t="s">
+        <v>873</v>
+      </c>
+      <c r="F226" t="s">
+        <v>874</v>
+      </c>
+      <c r="G226" s="1" t="s">
         <v>899</v>
       </c>
-      <c r="D226" t="s">
-[...8 lines deleted...]
-      <c r="G226" s="1" t="s">
+      <c r="H226" t="s">
         <v>900</v>
-      </c>
-[...1 lines deleted...]
-        <v>901</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
+        <v>901</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
         <v>902</v>
       </c>
-      <c r="B227" t="s">
-[...2 lines deleted...]
-      <c r="C227" t="s">
+      <c r="D227" t="s">
+        <v>872</v>
+      </c>
+      <c r="E227" t="s">
+        <v>873</v>
+      </c>
+      <c r="F227" t="s">
+        <v>874</v>
+      </c>
+      <c r="G227" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="D227" t="s">
-[...8 lines deleted...]
-      <c r="G227" s="1" t="s">
+      <c r="H227" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>905</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
+        <v>905</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
         <v>906</v>
       </c>
-      <c r="B228" t="s">
-[...2 lines deleted...]
-      <c r="C228" t="s">
+      <c r="D228" t="s">
+        <v>872</v>
+      </c>
+      <c r="E228" t="s">
+        <v>873</v>
+      </c>
+      <c r="F228" t="s">
+        <v>874</v>
+      </c>
+      <c r="G228" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="D228" t="s">
-[...8 lines deleted...]
-      <c r="G228" s="1" t="s">
+      <c r="H228" t="s">
         <v>908</v>
-      </c>
-[...1 lines deleted...]
-        <v>909</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
+        <v>909</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
         <v>910</v>
       </c>
-      <c r="B229" t="s">
-[...2 lines deleted...]
-      <c r="C229" t="s">
+      <c r="D229" t="s">
+        <v>872</v>
+      </c>
+      <c r="E229" t="s">
+        <v>873</v>
+      </c>
+      <c r="F229" t="s">
+        <v>874</v>
+      </c>
+      <c r="G229" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="D229" t="s">
-[...8 lines deleted...]
-      <c r="G229" s="1" t="s">
+      <c r="H229" t="s">
         <v>912</v>
-      </c>
-[...1 lines deleted...]
-        <v>913</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
+        <v>913</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
         <v>914</v>
       </c>
-      <c r="B230" t="s">
-[...2 lines deleted...]
-      <c r="C230" t="s">
+      <c r="D230" t="s">
+        <v>872</v>
+      </c>
+      <c r="E230" t="s">
+        <v>873</v>
+      </c>
+      <c r="F230" t="s">
+        <v>874</v>
+      </c>
+      <c r="G230" s="1" t="s">
         <v>915</v>
       </c>
-      <c r="D230" t="s">
-[...8 lines deleted...]
-      <c r="G230" s="1" t="s">
+      <c r="H230" t="s">
         <v>916</v>
-      </c>
-[...1 lines deleted...]
-        <v>917</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
+        <v>917</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
         <v>918</v>
       </c>
-      <c r="B231" t="s">
-[...2 lines deleted...]
-      <c r="C231" t="s">
+      <c r="D231" t="s">
+        <v>872</v>
+      </c>
+      <c r="E231" t="s">
+        <v>873</v>
+      </c>
+      <c r="F231" t="s">
+        <v>874</v>
+      </c>
+      <c r="G231" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="D231" t="s">
-[...8 lines deleted...]
-      <c r="G231" s="1" t="s">
+      <c r="H231" t="s">
         <v>920</v>
-      </c>
-[...1 lines deleted...]
-        <v>921</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
+        <v>921</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
         <v>922</v>
       </c>
-      <c r="B232" t="s">
-[...2 lines deleted...]
-      <c r="C232" t="s">
+      <c r="D232" t="s">
+        <v>872</v>
+      </c>
+      <c r="E232" t="s">
+        <v>873</v>
+      </c>
+      <c r="F232" t="s">
+        <v>874</v>
+      </c>
+      <c r="G232" s="1" t="s">
         <v>923</v>
       </c>
-      <c r="D232" t="s">
-[...8 lines deleted...]
-      <c r="G232" s="1" t="s">
+      <c r="H232" t="s">
         <v>924</v>
-      </c>
-[...1 lines deleted...]
-        <v>925</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
+        <v>925</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
         <v>926</v>
       </c>
-      <c r="B233" t="s">
-[...2 lines deleted...]
-      <c r="C233" t="s">
+      <c r="D233" t="s">
+        <v>872</v>
+      </c>
+      <c r="E233" t="s">
+        <v>873</v>
+      </c>
+      <c r="F233" t="s">
+        <v>874</v>
+      </c>
+      <c r="G233" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="D233" t="s">
-[...8 lines deleted...]
-      <c r="G233" s="1" t="s">
+      <c r="H233" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>929</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
+        <v>929</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
         <v>930</v>
       </c>
-      <c r="B234" t="s">
-[...2 lines deleted...]
-      <c r="C234" t="s">
+      <c r="D234" t="s">
+        <v>872</v>
+      </c>
+      <c r="E234" t="s">
+        <v>873</v>
+      </c>
+      <c r="F234" t="s">
+        <v>874</v>
+      </c>
+      <c r="G234" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="D234" t="s">
-[...8 lines deleted...]
-      <c r="G234" s="1" t="s">
+      <c r="H234" t="s">
         <v>932</v>
-      </c>
-[...1 lines deleted...]
-        <v>933</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
+        <v>933</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
         <v>934</v>
       </c>
-      <c r="B235" t="s">
-[...2 lines deleted...]
-      <c r="C235" t="s">
+      <c r="D235" t="s">
+        <v>872</v>
+      </c>
+      <c r="E235" t="s">
+        <v>873</v>
+      </c>
+      <c r="F235" t="s">
+        <v>874</v>
+      </c>
+      <c r="G235" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="D235" t="s">
-[...8 lines deleted...]
-      <c r="G235" s="1" t="s">
+      <c r="H235" t="s">
         <v>936</v>
-      </c>
-[...1 lines deleted...]
-        <v>937</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
+        <v>937</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
         <v>938</v>
       </c>
-      <c r="B236" t="s">
-[...2 lines deleted...]
-      <c r="C236" t="s">
+      <c r="D236" t="s">
+        <v>872</v>
+      </c>
+      <c r="E236" t="s">
+        <v>873</v>
+      </c>
+      <c r="F236" t="s">
+        <v>874</v>
+      </c>
+      <c r="G236" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="D236" t="s">
-[...8 lines deleted...]
-      <c r="G236" s="1" t="s">
+      <c r="H236" t="s">
         <v>940</v>
-      </c>
-[...1 lines deleted...]
-        <v>941</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
+        <v>941</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
         <v>942</v>
       </c>
-      <c r="B237" t="s">
-[...2 lines deleted...]
-      <c r="C237" t="s">
+      <c r="D237" t="s">
+        <v>872</v>
+      </c>
+      <c r="E237" t="s">
+        <v>873</v>
+      </c>
+      <c r="F237" t="s">
+        <v>874</v>
+      </c>
+      <c r="G237" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="D237" t="s">
-[...8 lines deleted...]
-      <c r="G237" s="1" t="s">
+      <c r="H237" t="s">
         <v>944</v>
-      </c>
-[...1 lines deleted...]
-        <v>945</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
+        <v>945</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
         <v>946</v>
       </c>
-      <c r="B238" t="s">
-[...2 lines deleted...]
-      <c r="C238" t="s">
+      <c r="D238" t="s">
+        <v>872</v>
+      </c>
+      <c r="E238" t="s">
+        <v>873</v>
+      </c>
+      <c r="F238" t="s">
+        <v>874</v>
+      </c>
+      <c r="G238" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="D238" t="s">
-[...8 lines deleted...]
-      <c r="G238" s="1" t="s">
+      <c r="H238" t="s">
         <v>948</v>
-      </c>
-[...1 lines deleted...]
-        <v>949</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
+        <v>949</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
         <v>950</v>
       </c>
-      <c r="B239" t="s">
-[...2 lines deleted...]
-      <c r="C239" t="s">
+      <c r="D239" t="s">
+        <v>872</v>
+      </c>
+      <c r="E239" t="s">
+        <v>873</v>
+      </c>
+      <c r="F239" t="s">
+        <v>874</v>
+      </c>
+      <c r="G239" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="D239" t="s">
-[...8 lines deleted...]
-      <c r="G239" s="1" t="s">
+      <c r="H239" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>953</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
+        <v>953</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
         <v>954</v>
       </c>
-      <c r="B240" t="s">
-[...2 lines deleted...]
-      <c r="C240" t="s">
+      <c r="D240" t="s">
+        <v>872</v>
+      </c>
+      <c r="E240" t="s">
+        <v>873</v>
+      </c>
+      <c r="F240" t="s">
+        <v>874</v>
+      </c>
+      <c r="G240" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="D240" t="s">
-[...8 lines deleted...]
-      <c r="G240" s="1" t="s">
+      <c r="H240" t="s">
         <v>956</v>
-      </c>
-[...1 lines deleted...]
-        <v>957</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
+        <v>957</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
         <v>958</v>
       </c>
-      <c r="B241" t="s">
-[...2 lines deleted...]
-      <c r="C241" t="s">
+      <c r="D241" t="s">
+        <v>872</v>
+      </c>
+      <c r="E241" t="s">
+        <v>873</v>
+      </c>
+      <c r="F241" t="s">
+        <v>874</v>
+      </c>
+      <c r="G241" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="D241" t="s">
-[...8 lines deleted...]
-      <c r="G241" s="1" t="s">
+      <c r="H241" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
+        <v>961</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
         <v>962</v>
       </c>
-      <c r="B242" t="s">
-[...2 lines deleted...]
-      <c r="C242" t="s">
+      <c r="D242" t="s">
+        <v>872</v>
+      </c>
+      <c r="E242" t="s">
+        <v>873</v>
+      </c>
+      <c r="F242" t="s">
+        <v>874</v>
+      </c>
+      <c r="G242" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="D242" t="s">
-[...8 lines deleted...]
-      <c r="G242" s="1" t="s">
+      <c r="H242" t="s">
         <v>964</v>
-      </c>
-[...1 lines deleted...]
-        <v>965</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
+        <v>965</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
         <v>966</v>
       </c>
-      <c r="B243" t="s">
-[...2 lines deleted...]
-      <c r="C243" t="s">
+      <c r="D243" t="s">
+        <v>872</v>
+      </c>
+      <c r="E243" t="s">
+        <v>873</v>
+      </c>
+      <c r="F243" t="s">
+        <v>874</v>
+      </c>
+      <c r="G243" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="D243" t="s">
-[...8 lines deleted...]
-      <c r="G243" s="1" t="s">
+      <c r="H243" t="s">
         <v>968</v>
-      </c>
-[...1 lines deleted...]
-        <v>969</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
+        <v>969</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
         <v>970</v>
       </c>
-      <c r="B244" t="s">
-[...2 lines deleted...]
-      <c r="C244" t="s">
+      <c r="D244" t="s">
+        <v>872</v>
+      </c>
+      <c r="E244" t="s">
+        <v>873</v>
+      </c>
+      <c r="F244" t="s">
+        <v>874</v>
+      </c>
+      <c r="G244" s="1" t="s">
         <v>971</v>
       </c>
-      <c r="D244" t="s">
-[...8 lines deleted...]
-      <c r="G244" s="1" t="s">
+      <c r="H244" t="s">
         <v>972</v>
-      </c>
-[...1 lines deleted...]
-        <v>973</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
+        <v>973</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
         <v>974</v>
       </c>
-      <c r="B245" t="s">
-[...2 lines deleted...]
-      <c r="C245" t="s">
+      <c r="D245" t="s">
+        <v>872</v>
+      </c>
+      <c r="E245" t="s">
+        <v>873</v>
+      </c>
+      <c r="F245" t="s">
+        <v>874</v>
+      </c>
+      <c r="G245" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="D245" t="s">
-[...8 lines deleted...]
-      <c r="G245" s="1" t="s">
+      <c r="H245" t="s">
         <v>976</v>
-      </c>
-[...1 lines deleted...]
-        <v>977</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
+        <v>977</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
         <v>978</v>
       </c>
-      <c r="B246" t="s">
-[...2 lines deleted...]
-      <c r="C246" t="s">
+      <c r="D246" t="s">
+        <v>872</v>
+      </c>
+      <c r="E246" t="s">
+        <v>873</v>
+      </c>
+      <c r="F246" t="s">
+        <v>874</v>
+      </c>
+      <c r="G246" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="D246" t="s">
-[...8 lines deleted...]
-      <c r="G246" s="1" t="s">
+      <c r="H246" t="s">
         <v>980</v>
-      </c>
-[...1 lines deleted...]
-        <v>981</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
+        <v>981</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
         <v>982</v>
       </c>
-      <c r="B247" t="s">
-[...2 lines deleted...]
-      <c r="C247" t="s">
+      <c r="D247" t="s">
+        <v>872</v>
+      </c>
+      <c r="E247" t="s">
+        <v>873</v>
+      </c>
+      <c r="F247" t="s">
+        <v>874</v>
+      </c>
+      <c r="G247" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="D247" t="s">
-[...8 lines deleted...]
-      <c r="G247" s="1" t="s">
+      <c r="H247" t="s">
         <v>984</v>
-      </c>
-[...1 lines deleted...]
-        <v>985</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
+        <v>985</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
         <v>986</v>
       </c>
-      <c r="B248" t="s">
-[...2 lines deleted...]
-      <c r="C248" t="s">
+      <c r="D248" t="s">
+        <v>872</v>
+      </c>
+      <c r="E248" t="s">
+        <v>873</v>
+      </c>
+      <c r="F248" t="s">
+        <v>874</v>
+      </c>
+      <c r="G248" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="D248" t="s">
-[...8 lines deleted...]
-      <c r="G248" s="1" t="s">
+      <c r="H248" t="s">
         <v>988</v>
-      </c>
-[...1 lines deleted...]
-        <v>989</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
+        <v>989</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
         <v>990</v>
       </c>
-      <c r="B249" t="s">
-[...2 lines deleted...]
-      <c r="C249" t="s">
+      <c r="D249" t="s">
+        <v>872</v>
+      </c>
+      <c r="E249" t="s">
+        <v>873</v>
+      </c>
+      <c r="F249" t="s">
+        <v>874</v>
+      </c>
+      <c r="G249" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="D249" t="s">
-[...8 lines deleted...]
-      <c r="G249" s="1" t="s">
+      <c r="H249" t="s">
         <v>992</v>
-      </c>
-[...1 lines deleted...]
-        <v>993</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
+        <v>993</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
         <v>994</v>
       </c>
-      <c r="B250" t="s">
-[...2 lines deleted...]
-      <c r="C250" t="s">
+      <c r="D250" t="s">
+        <v>872</v>
+      </c>
+      <c r="E250" t="s">
+        <v>873</v>
+      </c>
+      <c r="F250" t="s">
+        <v>874</v>
+      </c>
+      <c r="G250" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="D250" t="s">
-[...8 lines deleted...]
-      <c r="G250" s="1" t="s">
+      <c r="H250" t="s">
         <v>996</v>
-      </c>
-[...1 lines deleted...]
-        <v>997</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
+        <v>997</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
         <v>998</v>
       </c>
-      <c r="B251" t="s">
-[...2 lines deleted...]
-      <c r="C251" t="s">
+      <c r="D251" t="s">
+        <v>872</v>
+      </c>
+      <c r="E251" t="s">
+        <v>873</v>
+      </c>
+      <c r="F251" t="s">
+        <v>874</v>
+      </c>
+      <c r="G251" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="D251" t="s">
-[...8 lines deleted...]
-      <c r="G251" s="1" t="s">
+      <c r="H251" t="s">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>1001</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
         <v>1002</v>
       </c>
-      <c r="B252" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D252" t="s">
-        <v>809</v>
+        <v>872</v>
       </c>
       <c r="E252" t="s">
-        <v>810</v>
+        <v>873</v>
       </c>
       <c r="F252" t="s">
-        <v>811</v>
+        <v>874</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="H252" t="s">
         <v>1004</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>1005</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
         <v>1006</v>
       </c>
       <c r="D253" t="s">
-        <v>809</v>
+        <v>872</v>
       </c>
       <c r="E253" t="s">
-        <v>810</v>
+        <v>873</v>
       </c>
       <c r="F253" t="s">
-        <v>811</v>
+        <v>874</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="H253" t="s">
         <v>1008</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>1009</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
         <v>1010</v>
       </c>
       <c r="D254" t="s">
-        <v>809</v>
+        <v>872</v>
       </c>
       <c r="E254" t="s">
-        <v>810</v>
+        <v>873</v>
       </c>
       <c r="F254" t="s">
-        <v>811</v>
+        <v>874</v>
       </c>
       <c r="G254" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="H254" t="s">
         <v>1012</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>1013</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
         <v>1014</v>
       </c>
       <c r="D255" t="s">
-        <v>809</v>
+        <v>872</v>
       </c>
       <c r="E255" t="s">
-        <v>810</v>
+        <v>873</v>
       </c>
       <c r="F255" t="s">
-        <v>811</v>
+        <v>874</v>
       </c>
       <c r="G255" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="H255" t="s">
         <v>1016</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>1017</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
         <v>1018</v>
       </c>
       <c r="D256" t="s">
-        <v>809</v>
+        <v>872</v>
       </c>
       <c r="E256" t="s">
-        <v>810</v>
+        <v>873</v>
       </c>
       <c r="F256" t="s">
-        <v>811</v>
+        <v>874</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="H256" t="s">
         <v>1020</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>1021</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
         <v>1022</v>
       </c>
       <c r="D257" t="s">
-        <v>809</v>
+        <v>872</v>
       </c>
       <c r="E257" t="s">
-        <v>810</v>
+        <v>873</v>
       </c>
       <c r="F257" t="s">
-        <v>811</v>
+        <v>874</v>
       </c>
       <c r="G257" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="H257" t="s">
         <v>1024</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>1025</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
         <v>1026</v>
       </c>
       <c r="D258" t="s">
-        <v>809</v>
+        <v>872</v>
       </c>
       <c r="E258" t="s">
-        <v>810</v>
+        <v>873</v>
       </c>
       <c r="F258" t="s">
-        <v>811</v>
+        <v>874</v>
       </c>
       <c r="G258" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="H258" t="s">
         <v>1028</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>1029</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
         <v>1030</v>
       </c>
       <c r="D259" t="s">
-        <v>809</v>
+        <v>872</v>
       </c>
       <c r="E259" t="s">
-        <v>810</v>
+        <v>873</v>
       </c>
       <c r="F259" t="s">
-        <v>811</v>
+        <v>874</v>
       </c>
       <c r="G259" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="H259" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>1033</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
         <v>1034</v>
       </c>
       <c r="D260" t="s">
-        <v>809</v>
+        <v>872</v>
       </c>
       <c r="E260" t="s">
-        <v>810</v>
+        <v>873</v>
       </c>
       <c r="F260" t="s">
-        <v>811</v>
+        <v>874</v>
       </c>
       <c r="G260" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="H260" t="s">
         <v>1036</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>1037</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
         <v>1038</v>
       </c>
       <c r="D261" t="s">
-        <v>809</v>
+        <v>872</v>
       </c>
       <c r="E261" t="s">
-        <v>810</v>
+        <v>873</v>
       </c>
       <c r="F261" t="s">
+        <v>874</v>
+      </c>
+      <c r="G261" s="1" t="s">
         <v>1039</v>
       </c>
-      <c r="G261" s="1" t="s">
+      <c r="H261" t="s">
         <v>1040</v>
-      </c>
-[...1 lines deleted...]
-        <v>1041</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
         <v>1042</v>
       </c>
-      <c r="B262" t="s">
-[...2 lines deleted...]
-      <c r="C262" t="s">
+      <c r="D262" t="s">
+        <v>872</v>
+      </c>
+      <c r="E262" t="s">
+        <v>873</v>
+      </c>
+      <c r="F262" t="s">
+        <v>874</v>
+      </c>
+      <c r="G262" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="D262" t="s">
-[...8 lines deleted...]
-      <c r="G262" s="1" t="s">
+      <c r="H262" t="s">
         <v>1044</v>
-      </c>
-[...1 lines deleted...]
-        <v>1045</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
         <v>1046</v>
       </c>
-      <c r="B263" t="s">
-[...2 lines deleted...]
-      <c r="C263" t="s">
+      <c r="D263" t="s">
+        <v>872</v>
+      </c>
+      <c r="E263" t="s">
+        <v>873</v>
+      </c>
+      <c r="F263" t="s">
+        <v>874</v>
+      </c>
+      <c r="G263" s="1" t="s">
         <v>1047</v>
       </c>
-      <c r="D263" t="s">
-[...8 lines deleted...]
-      <c r="G263" s="1" t="s">
+      <c r="H263" t="s">
         <v>1048</v>
-      </c>
-[...1 lines deleted...]
-        <v>1049</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
         <v>1050</v>
       </c>
-      <c r="B264" t="s">
-[...2 lines deleted...]
-      <c r="C264" t="s">
+      <c r="D264" t="s">
+        <v>872</v>
+      </c>
+      <c r="E264" t="s">
+        <v>873</v>
+      </c>
+      <c r="F264" t="s">
+        <v>874</v>
+      </c>
+      <c r="G264" s="1" t="s">
         <v>1051</v>
       </c>
-      <c r="D264" t="s">
-[...8 lines deleted...]
-      <c r="G264" s="1" t="s">
+      <c r="H264" t="s">
         <v>1052</v>
-      </c>
-[...1 lines deleted...]
-        <v>1053</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
         <v>1054</v>
       </c>
-      <c r="B265" t="s">
-[...2 lines deleted...]
-      <c r="C265" t="s">
+      <c r="D265" t="s">
+        <v>872</v>
+      </c>
+      <c r="E265" t="s">
+        <v>873</v>
+      </c>
+      <c r="F265" t="s">
+        <v>874</v>
+      </c>
+      <c r="G265" s="1" t="s">
         <v>1055</v>
       </c>
-      <c r="D265" t="s">
-[...8 lines deleted...]
-      <c r="G265" s="1" t="s">
+      <c r="H265" t="s">
         <v>1056</v>
-      </c>
-[...1 lines deleted...]
-        <v>1057</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
         <v>1058</v>
       </c>
-      <c r="B266" t="s">
-[...2 lines deleted...]
-      <c r="C266" t="s">
+      <c r="D266" t="s">
+        <v>872</v>
+      </c>
+      <c r="E266" t="s">
+        <v>873</v>
+      </c>
+      <c r="F266" t="s">
+        <v>874</v>
+      </c>
+      <c r="G266" s="1" t="s">
         <v>1059</v>
       </c>
-      <c r="D266" t="s">
-[...8 lines deleted...]
-      <c r="G266" s="1" t="s">
+      <c r="H266" t="s">
         <v>1060</v>
-      </c>
-[...1 lines deleted...]
-        <v>1061</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
         <v>1062</v>
       </c>
-      <c r="B267" t="s">
-[...2 lines deleted...]
-      <c r="C267" t="s">
+      <c r="D267" t="s">
+        <v>872</v>
+      </c>
+      <c r="E267" t="s">
+        <v>873</v>
+      </c>
+      <c r="F267" t="s">
+        <v>874</v>
+      </c>
+      <c r="G267" s="1" t="s">
         <v>1063</v>
       </c>
-      <c r="D267" t="s">
-[...8 lines deleted...]
-      <c r="G267" s="1" t="s">
+      <c r="H267" t="s">
         <v>1064</v>
-      </c>
-[...1 lines deleted...]
-        <v>1065</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>9</v>
+      </c>
+      <c r="D268" t="s">
+        <v>872</v>
+      </c>
+      <c r="E268" t="s">
+        <v>873</v>
+      </c>
+      <c r="F268" t="s">
+        <v>874</v>
+      </c>
+      <c r="G268" s="1" t="s">
         <v>1066</v>
       </c>
-      <c r="B268" t="s">
-[...2 lines deleted...]
-      <c r="C268" t="s">
+      <c r="H268" t="s">
         <v>1067</v>
-      </c>
-[...13 lines deleted...]
-        <v>1069</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D269" t="s">
+        <v>872</v>
+      </c>
+      <c r="E269" t="s">
+        <v>873</v>
+      </c>
+      <c r="F269" t="s">
+        <v>874</v>
+      </c>
+      <c r="G269" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="B269" t="s">
-[...2 lines deleted...]
-      <c r="C269" t="s">
+      <c r="H269" t="s">
         <v>1071</v>
-      </c>
-[...13 lines deleted...]
-        <v>1073</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D270" t="s">
+        <v>872</v>
+      </c>
+      <c r="E270" t="s">
+        <v>873</v>
+      </c>
+      <c r="F270" t="s">
+        <v>874</v>
+      </c>
+      <c r="G270" s="1" t="s">
         <v>1074</v>
       </c>
-      <c r="B270" t="s">
-[...2 lines deleted...]
-      <c r="C270" t="s">
+      <c r="H270" t="s">
         <v>1075</v>
-      </c>
-[...13 lines deleted...]
-        <v>1077</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D271" t="s">
+        <v>872</v>
+      </c>
+      <c r="E271" t="s">
+        <v>873</v>
+      </c>
+      <c r="F271" t="s">
+        <v>874</v>
+      </c>
+      <c r="G271" s="1" t="s">
         <v>1078</v>
       </c>
-      <c r="B271" t="s">
-[...2 lines deleted...]
-      <c r="C271" t="s">
+      <c r="H271" t="s">
         <v>1079</v>
-      </c>
-[...13 lines deleted...]
-        <v>1081</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D272" t="s">
+        <v>872</v>
+      </c>
+      <c r="E272" t="s">
+        <v>873</v>
+      </c>
+      <c r="F272" t="s">
+        <v>874</v>
+      </c>
+      <c r="G272" s="1" t="s">
         <v>1082</v>
       </c>
-      <c r="B272" t="s">
-[...2 lines deleted...]
-      <c r="C272" t="s">
+      <c r="H272" t="s">
         <v>1083</v>
-      </c>
-[...13 lines deleted...]
-        <v>1085</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D273" t="s">
+        <v>872</v>
+      </c>
+      <c r="E273" t="s">
+        <v>873</v>
+      </c>
+      <c r="F273" t="s">
+        <v>874</v>
+      </c>
+      <c r="G273" s="1" t="s">
         <v>1086</v>
       </c>
-      <c r="B273" t="s">
-[...2 lines deleted...]
-      <c r="C273" t="s">
+      <c r="H273" t="s">
         <v>1087</v>
-      </c>
-[...13 lines deleted...]
-        <v>1089</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D274" t="s">
+        <v>872</v>
+      </c>
+      <c r="E274" t="s">
+        <v>873</v>
+      </c>
+      <c r="F274" t="s">
+        <v>874</v>
+      </c>
+      <c r="G274" s="1" t="s">
         <v>1090</v>
       </c>
-      <c r="B274" t="s">
-[...2 lines deleted...]
-      <c r="C274" t="s">
+      <c r="H274" t="s">
         <v>1091</v>
-      </c>
-[...13 lines deleted...]
-        <v>1093</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D275" t="s">
+        <v>872</v>
+      </c>
+      <c r="E275" t="s">
+        <v>873</v>
+      </c>
+      <c r="F275" t="s">
+        <v>874</v>
+      </c>
+      <c r="G275" s="1" t="s">
         <v>1094</v>
       </c>
-      <c r="B275" t="s">
-[...2 lines deleted...]
-      <c r="C275" t="s">
+      <c r="H275" t="s">
         <v>1095</v>
-      </c>
-[...13 lines deleted...]
-        <v>1097</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D276" t="s">
+        <v>872</v>
+      </c>
+      <c r="E276" t="s">
+        <v>873</v>
+      </c>
+      <c r="F276" t="s">
+        <v>874</v>
+      </c>
+      <c r="G276" s="1" t="s">
         <v>1098</v>
       </c>
-      <c r="B276" t="s">
-[...2 lines deleted...]
-      <c r="C276" t="s">
+      <c r="H276" t="s">
         <v>1099</v>
-      </c>
-[...13 lines deleted...]
-        <v>1101</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D277" t="s">
+        <v>872</v>
+      </c>
+      <c r="E277" t="s">
+        <v>873</v>
+      </c>
+      <c r="F277" t="s">
         <v>1102</v>
       </c>
-      <c r="B277" t="s">
-[...2 lines deleted...]
-      <c r="C277" t="s">
+      <c r="G277" s="1" t="s">
         <v>1103</v>
       </c>
-      <c r="D277" t="s">
-[...8 lines deleted...]
-      <c r="G277" s="1" t="s">
+      <c r="H277" t="s">
         <v>1104</v>
-      </c>
-[...1 lines deleted...]
-        <v>1105</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
         <v>1106</v>
       </c>
-      <c r="B278" t="s">
-[...2 lines deleted...]
-      <c r="C278" t="s">
+      <c r="D278" t="s">
+        <v>872</v>
+      </c>
+      <c r="E278" t="s">
+        <v>873</v>
+      </c>
+      <c r="F278" t="s">
+        <v>1102</v>
+      </c>
+      <c r="G278" s="1" t="s">
         <v>1107</v>
       </c>
-      <c r="D278" t="s">
-[...8 lines deleted...]
-      <c r="G278" s="1" t="s">
+      <c r="H278" t="s">
         <v>1108</v>
-      </c>
-[...1 lines deleted...]
-        <v>1109</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
         <v>1110</v>
       </c>
-      <c r="B279" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D279" t="s">
+        <v>872</v>
+      </c>
+      <c r="E279" t="s">
+        <v>873</v>
+      </c>
+      <c r="F279" t="s">
+        <v>1102</v>
+      </c>
+      <c r="G279" s="1" t="s">
         <v>1111</v>
       </c>
-      <c r="E279" t="s">
+      <c r="H279" t="s">
         <v>1112</v>
-      </c>
-[...7 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D280" t="s">
+        <v>872</v>
+      </c>
+      <c r="E280" t="s">
+        <v>873</v>
+      </c>
+      <c r="F280" t="s">
+        <v>874</v>
+      </c>
+      <c r="G280" s="1" t="s">
         <v>1115</v>
       </c>
-      <c r="B280" t="s">
-[...2 lines deleted...]
-      <c r="C280" t="s">
+      <c r="H280" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D281" t="s">
+        <v>872</v>
+      </c>
+      <c r="E281" t="s">
+        <v>873</v>
+      </c>
+      <c r="F281" t="s">
+        <v>874</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D282" t="s">
+        <v>872</v>
+      </c>
+      <c r="E282" t="s">
+        <v>873</v>
+      </c>
+      <c r="F282" t="s">
+        <v>874</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D283" t="s">
+        <v>872</v>
+      </c>
+      <c r="E283" t="s">
+        <v>873</v>
+      </c>
+      <c r="F283" t="s">
+        <v>1102</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D284" t="s">
+        <v>872</v>
+      </c>
+      <c r="E284" t="s">
+        <v>873</v>
+      </c>
+      <c r="F284" t="s">
+        <v>1102</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D285" t="s">
+        <v>872</v>
+      </c>
+      <c r="E285" t="s">
+        <v>873</v>
+      </c>
+      <c r="F285" t="s">
+        <v>1102</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H285" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D286" t="s">
+        <v>872</v>
+      </c>
+      <c r="E286" t="s">
+        <v>873</v>
+      </c>
+      <c r="F286" t="s">
+        <v>874</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H286" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D287" t="s">
+        <v>872</v>
+      </c>
+      <c r="E287" t="s">
+        <v>873</v>
+      </c>
+      <c r="F287" t="s">
+        <v>874</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D288" t="s">
+        <v>872</v>
+      </c>
+      <c r="E288" t="s">
+        <v>873</v>
+      </c>
+      <c r="F288" t="s">
+        <v>874</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D289" t="s">
+        <v>872</v>
+      </c>
+      <c r="E289" t="s">
+        <v>873</v>
+      </c>
+      <c r="F289" t="s">
+        <v>874</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D290" t="s">
+        <v>872</v>
+      </c>
+      <c r="E290" t="s">
+        <v>873</v>
+      </c>
+      <c r="F290" t="s">
+        <v>874</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H290" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D291" t="s">
+        <v>872</v>
+      </c>
+      <c r="E291" t="s">
+        <v>873</v>
+      </c>
+      <c r="F291" t="s">
+        <v>874</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H291" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D292" t="s">
+        <v>872</v>
+      </c>
+      <c r="E292" t="s">
+        <v>873</v>
+      </c>
+      <c r="F292" t="s">
+        <v>874</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H292" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D293" t="s">
+        <v>872</v>
+      </c>
+      <c r="E293" t="s">
+        <v>873</v>
+      </c>
+      <c r="F293" t="s">
+        <v>874</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D294" t="s">
+        <v>872</v>
+      </c>
+      <c r="E294" t="s">
+        <v>873</v>
+      </c>
+      <c r="F294" t="s">
+        <v>874</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H294" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D295" t="s">
+        <v>872</v>
+      </c>
+      <c r="E295" t="s">
+        <v>873</v>
+      </c>
+      <c r="F295" t="s">
+        <v>874</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D296" t="s">
+        <v>872</v>
+      </c>
+      <c r="E296" t="s">
+        <v>873</v>
+      </c>
+      <c r="F296" t="s">
+        <v>874</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D297" t="s">
+        <v>872</v>
+      </c>
+      <c r="E297" t="s">
+        <v>873</v>
+      </c>
+      <c r="F297" t="s">
+        <v>874</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>10</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F298" t="s">
+        <v>874</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="H298" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
         <v>17</v>
       </c>
-      <c r="D280" t="s">
-[...12 lines deleted...]
-        <v>1117</v>
+      <c r="D299" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E299" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F299" t="s">
+        <v>874</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H299" t="s">
+        <v>1192</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -11308,50 +12027,69 @@
     <hyperlink ref="G256" r:id="rId255"/>
     <hyperlink ref="G257" r:id="rId256"/>
     <hyperlink ref="G258" r:id="rId257"/>
     <hyperlink ref="G259" r:id="rId258"/>
     <hyperlink ref="G260" r:id="rId259"/>
     <hyperlink ref="G261" r:id="rId260"/>
     <hyperlink ref="G262" r:id="rId261"/>
     <hyperlink ref="G263" r:id="rId262"/>
     <hyperlink ref="G264" r:id="rId263"/>
     <hyperlink ref="G265" r:id="rId264"/>
     <hyperlink ref="G266" r:id="rId265"/>
     <hyperlink ref="G267" r:id="rId266"/>
     <hyperlink ref="G268" r:id="rId267"/>
     <hyperlink ref="G269" r:id="rId268"/>
     <hyperlink ref="G270" r:id="rId269"/>
     <hyperlink ref="G271" r:id="rId270"/>
     <hyperlink ref="G272" r:id="rId271"/>
     <hyperlink ref="G273" r:id="rId272"/>
     <hyperlink ref="G274" r:id="rId273"/>
     <hyperlink ref="G275" r:id="rId274"/>
     <hyperlink ref="G276" r:id="rId275"/>
     <hyperlink ref="G277" r:id="rId276"/>
     <hyperlink ref="G278" r:id="rId277"/>
     <hyperlink ref="G279" r:id="rId278"/>
     <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
+    <hyperlink ref="G290" r:id="rId289"/>
+    <hyperlink ref="G291" r:id="rId290"/>
+    <hyperlink ref="G292" r:id="rId291"/>
+    <hyperlink ref="G293" r:id="rId292"/>
+    <hyperlink ref="G294" r:id="rId293"/>
+    <hyperlink ref="G295" r:id="rId294"/>
+    <hyperlink ref="G296" r:id="rId295"/>
+    <hyperlink ref="G297" r:id="rId296"/>
+    <hyperlink ref="G298" r:id="rId297"/>
+    <hyperlink ref="G299" r:id="rId298"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>