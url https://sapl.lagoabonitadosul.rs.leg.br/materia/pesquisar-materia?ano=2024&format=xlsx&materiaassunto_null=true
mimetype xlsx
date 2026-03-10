--- v0 (2025-12-01)
+++ v1 (2026-03-10)
@@ -54,1665 +54,1665 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Abono de Falta</t>
   </si>
   <si>
     <t>Almeri Ivo Pribe</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/533/abono_de_falta_no_001-2024_-_almeri.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/533/abono_de_falta_no_001-2024_-_almeri.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 26 de dezembro de 2023.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Debora Busatto</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/535/abono_de_falta_no_002-2024_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/535/abono_de_falta_no_002-2024_-_debora.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 02 de janeiro de 2024.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Ezequiel Tavares</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/546/abono_de_falta_no_003-2024_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/546/abono_de_falta_no_003-2024_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 09 de janeiro de 2024.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Antonio Lovatto Possebon</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/547/abono_de_falta_no_004-2024_-_antonio.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/547/abono_de_falta_no_004-2024_-_antonio.pdf</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Edinei Israel da Silva</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/567/abono_de_falta_no_005-2024_-edinei.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/567/abono_de_falta_no_005-2024_-edinei.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 05 de março de 2024.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/569/abono_de_falta_no_006-2024_-_almeri.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/569/abono_de_falta_no_006-2024_-_almeri.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 19 de março de 2024.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Gilsemar Honnef</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/581/abono_de_falta_no_007-2024_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/581/abono_de_falta_no_007-2024_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 09 de abril de 2024.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/589/abono_de_falta_no_008-2024_-_almeri.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/589/abono_de_falta_no_008-2024_-_almeri.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 07 de maio de 2024.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/614/abono_de_falta_no_009-2024_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/614/abono_de_falta_no_009-2024_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 18 de junho de 2024.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Eneida Zuchetto Lazzari</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/618/abono_de_falta_no_010-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/618/abono_de_falta_no_010-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 30 de julho de 2024.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/626/abono_de_falta_no_011-2024_-_almeri.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/626/abono_de_falta_no_011-2024_-_almeri.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 27 de agosto de 2024.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/646/abono_de_falta_no_012-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/646/abono_de_falta_no_012-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 22 de outubro de 2024.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/657/abono_de_falta_no_013-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/657/abono_de_falta_no_013-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 03 de dezembro de 2024.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Carlos Alexandre Lyra</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/658/abono_de_falta_no_014-2024_-_alexandre.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/658/abono_de_falta_no_014-2024_-_alexandre.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 03 de dezembro de 2024.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>MCR</t>
   </si>
   <si>
     <t>Moção de Congratulações e Reconhecimento</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/564/mocao_de_reconhecimento_no_001-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/564/mocao_de_reconhecimento_no_001-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Para que encaminhe esta Moção de Reconhecimento e Aplausos a todas as mulheres que passaram por esta casa.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/612/mocao_de_reconhecimento_no_002-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/612/mocao_de_reconhecimento_no_002-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, no uso de suas atribuições legais, e após ouvir o plenário, solicita a Vossa Excelência que encaminhe esta Moção de Reconhecimento ao Senhor Adolfo José Brito Presidente da Assembleia Legislativa do estado do Rio Grande do Sul -RS e ao Superintendente João Batista Rosa de Almeida, da 10ª Superintendência Regional de Cachoeira do Sul- Departamento Autônomo de Estradas de Rodagem/DAER-RS em agradecimento pela operação de tapa buracos na ERS400 AM 9010, que liga Lagoa Bonita do Sul a Passa Sete.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/639/mocao_de_reconhecimento_no_003-2024_-alexandre.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/639/mocao_de_reconhecimento_no_003-2024_-alexandre.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, no uso de suas atribuições legais, e após ouvir o plenário, solicita a Vossa Excelência que encaminhe esta Moção de Reconhecimento a Cooperativa Sicredi Região Centro-Serra pela assessoria prestada à Rede de Ensino através do programa União Faz a Vida - PUFV.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/660/mocao_de_reconhecimento_no_004-2024_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/660/mocao_de_reconhecimento_no_004-2024_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, no uso de suas atribuições legais, e após ouvido o Plenário, solicita a Vossa Excelência que encaminhe esta Moção de Reconhecimento ao jovem atleta Cléo Alan de Oliveira, que, com dedicação, talento e espírito esportivo, tem orgulhosamente representado o município de Lagoa Bonita do Sul em competições estaduais.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
     <t>Carlos Alexandre Lyra, Almeri Ivo Pribe, Antonio Lovatto Possebon, Debora Busatto, Edinei Israel da Silva, Eneida Zuchetto Lazzari, Ezequiel Tavares, Gilsemar Honnef, Olavo da Rosa</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/550/mocao_de_apoio_001-2024_-_comando_geral_da_brigada_militar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/550/mocao_de_apoio_001-2024_-_comando_geral_da_brigada_militar.pdf</t>
   </si>
   <si>
     <t>Declarar apoio pela permanência da 5ª Companhia da Brigada Militar sediada em Sobradinho, não sendo rebaixada para um Pelotão vinculado à 4ª Companhia sediada em Candelária, alteração esta promovida pelo Comando Geral da Brigada Militar.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>Eneida Zuchetto Lazzari, Almeri Ivo Pribe, Antonio Lovatto Possebon, Carlos Alexandre Lyra, Debora Busatto, Edinei Israel da Silva, Ezequiel Tavares, Gilsemar Honnef, Olavo da Rosa</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/562/mocao_de_apoio_002-2024_-_livro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/562/mocao_de_apoio_002-2024_-_livro.pdf</t>
   </si>
   <si>
     <t>Vem através desta Moção de Apoio, declarar apoio a Diretora Janaina Venzon, da Escola Pública Escola Ernesto Alves de Santa Cruz do Sul/RS, pela denuncia do livro livro “O Avesso da Pele / Jeferson Tenório. - Logos, 2021”, aos estudantes de 1º ao 3º ano do Ensino Médio.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>Debora Busatto, Almeri Ivo Pribe, Carlos Alexandre Lyra, Edinei Israel da Silva, Eneida Zuchetto Lazzari, Ezequiel Tavares, Gilsemar Honnef, Olavo da Rosa, Paulo Munir Cerentini</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/590/mocao_de_apoio_003-2024_-_projeto_de_lei_1151-2024_do_fundao_eleitoral.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/590/mocao_de_apoio_003-2024_-_projeto_de_lei_1151-2024_do_fundao_eleitoral.pdf</t>
   </si>
   <si>
     <t>Os Vereadores de Lagoa Bonita do Sul, vem através desta Moção de Apoio, declarar Apoio à anistia das parcelas da dívida pública do Estado do Rio Grande do Sul com a União.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/591/mocao_de_apoio_004-2024_-_anistia_da_divida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/591/mocao_de_apoio_004-2024_-_anistia_da_divida.pdf</t>
   </si>
   <si>
     <t>Os Vereadores de Lagoa Bonita do Sul, vem através desta Moção de Apoio, declarar APOIO AO PROJETO DE LEI 1.551/2024 QUE DESTINA 50% DO FUNDÃO ELEITORAL PARA AÇÕES DE ENFRENTAMENTO DAS ENCHENTES NO RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>Ezequiel Tavares, Almeri Ivo Pribe, Carlos Alexandre Lyra, Debora Busatto, Edinei Israel da Silva, Eneida Zuchetto Lazzari, Gilsemar Honnef, João David Rathke, Olavo da Rosa</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/601/mocao_de_apoio_005-2024_-_farsul.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/601/mocao_de_apoio_005-2024_-_farsul.pdf</t>
   </si>
   <si>
     <t>O Vereador Ezequiel Tavares, da bancada do PSB, e os vereadores que abaixo subscrevem, vêm, na forma regimental, apresentar MOÇÃO DE APOIO AS REINVIDICAÇÕES DA FEDERAÇÃO DA AGRICULTURA DO RIO GRANDE DO SUL JUNTO AO MINISTÉRIO DA AGRICULTURA que visam a reconstrução do Estado e promover o reestabelecimento da agricultura. Assim, REQUER QUE APÓS APROVADO SEJA ENCAMINHADO AO MINISTÉRIO DA AGRICULTURA e A FARSUL.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/563/mocao_de_repudio_001-2024-_livro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/563/mocao_de_repudio_001-2024-_livro.pdf</t>
   </si>
   <si>
     <t>Que seja enviada uma Moção de Repúdio ao Ministério da Educação - MEC, e ao Programa Nacional do Livro e do Material Didático - PNLD, pela distribuição do livro “O Avesso da Pele / Jeferson Tenório. - Logos, 2021”, aos estudantes de 1º ao 3º ano do Ensino Médio.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/566/mocao_de_repudio_002-2024-_rge.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/566/mocao_de_repudio_002-2024-_rge.pdf</t>
   </si>
   <si>
     <t>Para que seja encaminhada a presente Moção de Repúdio à direção da RGE no Rio Grande do Sul, pelo desserviço com a população de Lagoa Bonita do Sul.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
     <t>Carlos Alexandre Lyra, Debora Busatto, Ezequiel Tavares</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/652/pedido_informacao_001-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/652/pedido_informacao_001-2024.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora que este subscreve solicita que após colocada em discussão e devida aprovação em plenário, seja encaminhado ao Executivo Municipal este Pedido de Informações para que o Executivo Municipal dê esclarecimentos sobre a suposta majoração de taxas sem a devida participação popular e solicitação de demais informações ao Poder Executivo acerca da gestão e administração do poço artesiano de Linha Melchior, bem como da regularidade da associação responsável por sua administração, conforme Denúncia recebida pela Ouvidoria desta Casa Legislativa, que segue anexa a este pedido de informações.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
     <t>Edison Sidinei Dassi</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/636/pedido_de_providencia_001-2024_-_edison.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/636/pedido_de_providencia_001-2024_-_edison.pdf</t>
   </si>
   <si>
     <t>Para que seja realizado o aterramento da entrada da propriedade de Alcides Cidiney Lucas em Linha Condutor.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/637/pedido_de_providencia_002-2024_-_edison.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/637/pedido_de_providencia_002-2024_-_edison.pdf</t>
   </si>
   <si>
     <t>Para que seja realizado o destocamento de eucaliptos de pequeno porte na propriedade de Alcenira Lucas Soder, em Linha Condutor.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/645/pedido_de_providencia_003-2024_-_edison.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/645/pedido_de_providencia_003-2024_-_edison.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada a limpeza do leito do arroio que passa pela propriedade de José Leonir de Oliveira Moraes, em Entrada da Várzea.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/647/pedido_de_providencia_004-2024_-_edison.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/647/pedido_de_providencia_004-2024_-_edison.pdf</t>
   </si>
   <si>
     <t>Para que seja feito um bebedouro para os animais na propriedade de José dos Santos, em Linha Condutor.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/532/indicacao-no-001-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/532/indicacao-no-001-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal estude a possibilidade de instituir o ensino da música na grade curricular das escolas municipais. A música já vem sendo usada há muitos anos como terapia, auxiliando no desenvolvimento cultural e psicomotor, além de contribuir para a sociabilidade e uma cultura de paz nos ambientes escolares, conforme sugestão de Projeto de Lei em anexo.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/537/indicacao_no_002-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/537/indicacao_no_002-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Que o Executivo estude a possibilidade de destinar algumas vagas de estágio CIEE, para estudantes do 3° ano do ensino médio, utilizando como critérios de escolha a média dos anos anteriores, bem como, processo seletivo. Desta forma estará dando maior incentivo aos jovens de nosso município.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/549/indicacao_no_003-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/549/indicacao_no_003-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Para que sejam colocadas as grades protetoras nas bocas de lobos da Rua José Clemente Lúcio dos Santos.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/555/indicacao_no_004-2024_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/555/indicacao_no_004-2024_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja ampliada no almoxarifado a cobertura para colocar as máquinas do Município.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/556/indicacao_no_005-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/556/indicacao_no_005-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Para que o Presidente da Câmara estude a possibilidade de revisar e atualizar o Regimento Interno da Câmara de Vereadores, sugestão de minuta em anexo para ser revisado, analisado, e/ou modificado e posteriormente aprovado pela mesa diretora e demais colegas vereadores.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/568/indicacao_no_006-2024_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/568/indicacao_no_006-2024_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal encaminhe à Secretaria competente para que seja feita a roçada das margens das estradas de Várzea Grande e Arroio Grande.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/570/indicacao_no_007-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/570/indicacao_no_007-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal determine ao setor competente, para que seja realizado a recuperação das estradas de Linha Melchior, Linha Francesquet, Estrada dos Cabritos, Alto Pilão e Travessa Pens, as quais foram bastante danificadas pelas últimas chuvas.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>Cleamaris Diana Conti Lipke</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/573/indicacao_no_008-2024_-_cleamaris.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/573/indicacao_no_008-2024_-_cleamaris.pdf</t>
   </si>
   <si>
     <t>Para que seja colocada uma carga de cascalho próximo a residência do Sr. Joanei Marcos da Rosa e Eveline Lipke em Campos Novos.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/574/indicacao_no_009-2024_-_cleamaris.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/574/indicacao_no_009-2024_-_cleamaris.pdf</t>
   </si>
   <si>
     <t>Para que seja realizado o transporte escolar na residência do Sr. Oldecir Marcio Conti e do Sr. Sidionir Marcelo Conti, em Campos Novos.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/582/indicacao_no_010-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/582/indicacao_no_010-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, estude a possibilidade de fazer as calçadas no perímetro urbano de forma comunitária, da mesma maneira realizada nos calçamentos, desta forma facilitará a padronização das mesmas e diminuirá os custos para os proprietários.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>Paulo Munir Cerentini</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/585/indicacao_no_011-2024_-_paulo.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/585/indicacao_no_011-2024_-_paulo.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade de realizar a compra de uma roçadeira e uma calcareadeira para a Secretaria de Agricultura e Meio Ambiente.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/587/indicacao_no_012-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/587/indicacao_no_012-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, encaminhe ao setor competente, para que sejam trocadas as lâmpadas queimadas da rua Pedro de Moraes, bem como em frente à residência de Juraci Rodrigues em Linha Melchior.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/588/indicacao_no_013-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/588/indicacao_no_013-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, converse com a AEGEA, antiga CORSAN, empresa responsável pelo fornecimento de água potável nesta cidade, sobre a possibilidade de colocar outro reservatório ou um com maior capacidade de armazenamento, para que a população não fique desabastecida do elemento tão essencial que é a água.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/592/indicacao_no_014_-2024_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/592/indicacao_no_014_-2024_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe a Assistência e Inclusão Social para que veja a possibilidade de prestar auxílio de construção da casa do Senhor Alcindo Geraldo, que teve sua residência destruída pelo deslizamento de terra ocorrido no ultimo dia 02 de maio em Várzea Grande.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/598/indicacao_no_015-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/598/indicacao_no_015-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, encaminhe ao Departamento Autônomo de Estradas de Rodagem (DAER) pedido de providências em relação aos buracos na rodovia 400 AM 9010 entre Passa Sete e Lagoa Bonita do Sul.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/599/indicacao_no_016-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/599/indicacao_no_016-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Solicita providencia ao DAER, Departamento Autônomo de Estradas de Rodagem, que seja feita a manutenção no asfalto que liga Lagoa Bonita do Sul a Passa Sete, tendo em vista que o mesmo já necessita de operação tapa buracos, o mais breve possível, uma vez que, estamos num período chuvoso e com falta de manutenção poderá agravar a situação.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/600/indicacao_no_017-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/600/indicacao_no_017-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Solicita ao DAER, Departamento Autônomo de Estradas de Rodagem, que seja feita a manutenção no asfalto que liga Lagoa Bonita do Sul a Passa Sete, tendo em vista que o mesmo já necessita de operação tapa buracos, o mais breve possível, uma vez que, estamos num período chuvoso e com falta de manutenção poderá agravar a situação.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/619/indicacao_no_018-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/619/indicacao_no_018-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, proponha aos demais prefeitos da região, audiência junto ao DAER, para ser tratado sobre a necessidade de tapar os buracos e o recolhimento da terra e pedras que se encontram depositadas na rodovia RS-400, após as enxurradas dos últimos meses, principalmente no trecho entre Sobradinho e Candelária, após os deslizamentos das encostas da mesma.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/627/indicacao_no_019_-2024_-_zeca.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/627/indicacao_no_019_-2024_-_zeca.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, por meio do setor competente, proceda a instalação da rede de iluminação pública nas ruas Alcides Ferraz da Silva e Armínio Bernardi, bem como, na extensão da rede de iluminação até o final da Rua Pedro Maciel.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/630/indicacao_no_020-2024_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/630/indicacao_no_020-2024_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja instalada uma lâmpada na frente da casa de Lisane e Almerinda Busatto.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/632/indicacao_no_021-2024_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/632/indicacao_no_021-2024_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja realizado um serviço com a retroescavadeira na propriedade de Gilson Bernardini na localidade de Entrada da Várzea.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/634/indicacao_no_023-2024_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/634/indicacao_no_023-2024_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada a construção de uma pracinha no Parque Municipal de Eventos.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/635/indicacao_no_023-2024_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/635/indicacao_no_023-2024_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada a construção de um banheiro público na Avenida José Luchese.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/640/indicacao_no_024-2024_-gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/640/indicacao_no_024-2024_-gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que seja feito uma ponte que dá acesso a propriedade de Antônio Bernardini em Arroio Grande.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/641/indicacao_no_025-2024_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/641/indicacao_no_025-2024_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja construído um bueiro na propriedade de Loreci Torres, na localidade de Lagoa Bonita Baixada.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/642/indicacao_no_026-2024_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/642/indicacao_no_026-2024_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja construída uma estrutura na Secretaria de Obras, que dê segmento a que já existe.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/644/indicacao_no_027-2024_-_paulo.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/644/indicacao_no_027-2024_-_paulo.pdf</t>
   </si>
   <si>
     <t>Para que seja feita a nova pintura nas placas que determinam os limites dos municípios de Lagoa Bonita do Sul com Passa Sete, Sobradinho e Cerro Branco.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/649/indicacao_no_028-2024_-gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/649/indicacao_no_028-2024_-gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que seja feito faixas de pedestres em frente os mercados e restaurantes da Av. Jose Luchese.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/651/indicacao_no_029-2024_-gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/651/indicacao_no_029-2024_-gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que seja feita a roçada das margens da estrada e o patrolamento em Arroio Grande.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/653/indicacao_no_030-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/653/indicacao_no_030-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Para que seja encaminhada ao setor competente, para que seja colocada uma lixeira fechada na praça da Av. José Luchese.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/654/indicacao_no_031-2024_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/654/indicacao_no_031-2024_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que sejam colocadas duas cargas de cascalho na entrada da propriedade de Luiz Linhar e Marisa Moser.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/655/indicacao_no_032-2024_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/655/indicacao_no_032-2024_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que sejam trocadas as lâmpadas de iluminação pública queimadas na Rua Amadeus Bordignon.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/659/indicacao_no_033-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/659/indicacao_no_033-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Para que sejam implantadas mesas fixas, com tabuleiros de xadrez nas praças e/ou espaços públicos do município, como incentivo de práticas saudáveis e inclusivas para o convívio social.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/661/indicacao_no_034-2024_-ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/661/indicacao_no_034-2024_-ezequiel.pdf</t>
   </si>
   <si>
     <t>Para que seja encaminhada a Secretaria competente para que seja feita a recuperação da estrada de Linha Condutor.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/662/indicacao_no_035-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/662/indicacao_no_035-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, estude a possibilidade de alterar os incisos III e IV do artigo 5° da base de cálculo e alíquotas – seção II. Do Código Tributário Municipal, reduzindo a alíquota em 5%, como forma de incentivo ao comércio local, além de incluir no código tributário municipal a redução de até 10% no IPTU de imóveis que cumprirem critérios de sustentabilidade, como a instalação de fiação exclusivamente subterrânea, de telhados e fachadas verdes, e a utilização de energia renovável e de água da chuva. Como forma de contribuir com técnicas de sustentabilidade.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/668/indicacao_no_036-2024_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/668/indicacao_no_036-2024_-_eneida.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, estude a possibilidade de promover o embelezamento da Av. José Luchese, com a continuação do plantio de “Três Marias” até o Pórtico de entrada da cidade.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Almeri Ivo Pribe, Carlos Alexandre Lyra, Debora Busatto, Edinei Israel da Silva, Eneida Zuchetto Lazzari, Ezequiel Tavares, Gilsemar Honnef, Olavo da Rosa, Paulo Munir Cerentini</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/666/indicacao_no_037-2024_-_todos_-_repasse_saldo_duodecimo.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/666/indicacao_no_037-2024_-_todos_-_repasse_saldo_duodecimo.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal determine a secretaria competente para que o saldo remanescente de valores depositados na Conta do Convênio Duodécimo do Legislativo, no montante aproximado de R$ 154.414,85 (cento e cinquenta e quatro mil, quatrocentos e quatorze reais com oitenta e cinco centavos) seja integralmente resgatado pelo Executivo a fim de que seja utilizada na área onde há mais necessidade de recursos para o atendimento da população.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Carlos Alexandre Lyra, Debora Busatto, Eneida Zuchetto Lazzari, Ezequiel Tavares</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/633/projeto_de_resolucao_no_001-2024_-_galeria_8_de_marco.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/633/projeto_de_resolucao_no_001-2024_-_galeria_8_de_marco.pdf</t>
   </si>
   <si>
     <t>CRIA E DÁ DENOMINAÇÃO À GALERIA EM HOMENAGEM AS MULHERES VEREADORAS EXISTENTES NA CÂMARA MUNICIPAL DE VEREADORES DE LAGOA BONITA DO SUL.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Almeri Ivo Pribe, Edinei Israel da Silva, Gilsemar Honnef</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/620/projeto_decreto_legislativo_no_001-2024_-_apreciacao_contas_executivo_2020.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/620/projeto_decreto_legislativo_no_001-2024_-_apreciacao_contas_executivo_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Aprovação das Contas do Poder Executivo Municipal de Lagoa Bonita do Sul - RS do exercício de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/621/projeto_decreto_legislativo_no_002-2024_-_apreciacao_contas_executivo_2021.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/621/projeto_decreto_legislativo_no_002-2024_-_apreciacao_contas_executivo_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Aprovação das Contas do Poder Executivo Municipal de Lagoa Bonita do Sul - RS do exercício de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>Almeri Ivo Pribe, Gilsemar Honnef</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/650/projeto_decreto_legislativo_no_003_-2024_-_apreciacao_contas_executivo_2022.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/650/projeto_decreto_legislativo_no_003_-2024_-_apreciacao_contas_executivo_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Aprovação das Contas do Poder Executivo Municipal de Lagoa Bonita do Sul - RS do exercício de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>PL-L</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/536/projeto_de_lei_001-2024_-_turno_unico.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/536/projeto_de_lei_001-2024_-_turno_unico.pdf</t>
   </si>
   <si>
     <t>INSTITUI TURNO ÚNICO NO SERVIÇO PÚBLICO DO PODER LEGISLATIVO DE LAGOA BONITA DO SUL/RS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/541/projeto_de_lei_do_legislativo_002-2024_-_aumento_real.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/541/projeto_de_lei_do_legislativo_002-2024_-_aumento_real.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Aumento Real aos servidores do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/576/projeto_de_lei_003-2024_-_aumento_do_vale_alimentacao.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/576/projeto_de_lei_003-2024_-_aumento_do_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste e aumento do valor do Vale-Alimentação dos servidores do Poder Legislativo Municipal conforme trata a Lei Municipal nº1009/2012.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/602/projeto_de_lei_no_004-2024_-_troca_sinais_escola.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/602/projeto_de_lei_no_004-2024_-_troca_sinais_escola.pdf</t>
   </si>
   <si>
     <t>Determina a substituição de sinais sonoros estridentes por sinais musicais ou visuais adequados a estudantes com Transtorno do Espectro Autista (TEA) nos estabelecimentos de ensino públicos localizados no Município de Lagoa Bonita do Sul.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/603/projeto-de-lei-005-subsidio-vereadores-2025-2028_gnd3ez.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/603/projeto-de-lei-005-subsidio-vereadores-2025-2028_gnd3ez.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios dos Vereadores para a Legislatura 2025/2028.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/604/projeto-de-lei-006-subsidio-secretarios-2025-2028_gnd3ez.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/604/projeto-de-lei-006-subsidio-secretarios-2025-2028_gnd3ez.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do subsídio dos Secretários Municipais a partir de 1º de janeiro de 2025.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/605/projeto-de-lei-007-subsidio-prefeito-e-vice-2025-2028_gnd3ez.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/605/projeto-de-lei-007-subsidio-prefeito-e-vice-2025-2028_gnd3ez.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios do Prefeito e do Vice-Prefeito Municipal para a Legislatura 2025/2028.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/615/projeto_de_lei_008_semana_da_agricultura_cyjczz.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/615/projeto_de_lei_008_semana_da_agricultura_cyjczz.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "SEMANA MUNICIPAL DA AGRICULTURA FAMILIAR NO MUNICÍPIO DE LAGOA BONITA DO SUL/RS" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/669/projeto_de_lei_009-2024_-_proibicao_de_som-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/669/projeto_de_lei_009-2024_-_proibicao_de_som-_eneida.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Proibição de Som acima de 85 (oitenta e cinco) decibéis em eventos fechados no município de Lagoa Bonita do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/631/requerimento_001-2024_-_projeto_galeria_das_mulheres.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/631/requerimento_001-2024_-_projeto_galeria_das_mulheres.pdf</t>
   </si>
   <si>
     <t>Venho por meio deste, requerer à mesa diretora da Câmara Municipal de Lagoa Bonita do Sul, a implementação da Galeria das Mulheres Vereadoras, denominada Galeria 8 de Março, em homenagem as mulheres Vereadoras existentes na Câmara Municipal de Vereadores de Lagoa Bonita do Sul.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>PL-E</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/534/projeto_1922-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/534/projeto_1922-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Gestão Democrática do Ensino Público Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/538/projeto_de_lei_1923_revisao_geral_anual_e_aumento.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/538/projeto_de_lei_1923_revisao_geral_anual_e_aumento.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral e aumento real aos servidores ativos e agentes políticos na forma que especifica.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/539/projeto_de_lei_1924_receber_em_doacao_ruas.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/539/projeto_de_lei_1924_receber_em_doacao_ruas.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO ÁREAS DE TERRAS PARA AMPLIAÇÃO DO SISTEMA VIÁRIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/540/projeto_de_lei_1925_credito_especial_pronto_atendimento_hospital_santa_rosa_de_lima.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/540/projeto_de_lei_1925_credito_especial_pronto_atendimento_hospital_santa_rosa_de_lima.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 – 2025, na Lei de Diretrizes Orçamentárias de 2024 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2024, no valor de R$ 224.000,00 (duzentos e vinte e quatro mil reais).</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/543/projeto_de_lei_1926-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/543/projeto_de_lei_1926-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, quatro Monitores de Educação Infantil, um Secretário de Escola e dá outras providências.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/542/projeto_de_lei_1927-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/542/projeto_de_lei_1927-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, quatro Professores e dá outras providências.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/544/projeto_de_lei_1928-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/544/projeto_de_lei_1928-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão e Excepcional Interesse Público, um Operador de Máquinas e dá outras providências.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/545/projeto_de_lei_1929-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/545/projeto_de_lei_1929-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cobrança de contribuição de melhoria na execução de obras públicas de pavimentação que enumera.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/554/projeto_de_lei_1930-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/554/projeto_de_lei_1930-2024.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2024 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2024, no valor de R$ 130.000,00 (cento e trinta mil reais).</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/553/projeto_de_lei_1931-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/553/projeto_de_lei_1931-2024.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2024 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2024, no valor de R$ 209.654,66 (duzentos e nove mil, seiscentos e cinquenta e quatro reais e sessenta e seis centavos).</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/552/projeto_de_lei_1932-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/552/projeto_de_lei_1932-2024.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2024 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2024, no valor de R$ 26.900,00 (vinte e seis mil e novecentos reais).</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/551/projeto_de_lei_1933-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/551/projeto_de_lei_1933-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2024, no valor de R$ 542.282,66 (quinhentos e quarenta e dois mil, duzentos e oitenta e dois reais e sessenta e seis centavos).</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/557/projeto_de_lei_1934-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/557/projeto_de_lei_1934-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento, no exercício de 2024, de diferença remuneratória aos servidores que especifica para o cumprimento dos pisos da enfermagem, na extensão do quanto disponibilizados pela União ao Município, a título de assistência financeira complementar.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/558/projeto_de_lei_1935-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/558/projeto_de_lei_1935-2024.pdf</t>
   </si>
   <si>
     <t>Institui o sistema de sobreaviso no serviço público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/559/projeto_de_lei_1936-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/559/projeto_de_lei_1936-2024.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 5º da Lei Municipal nº 491/2007, que autoriza o Poder Executivo Municipal a firmar convênio com o Centro de Integração Empresa Escola - CIEE, e dá outras providências.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>Prefeito Municipal em Exercício</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/560/projeto_de_lei_1937-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/560/projeto_de_lei_1937-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Monitor de Informática e dá outras providências.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/561/projeto_de_lei_1938-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/561/projeto_de_lei_1938-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, três Professores e dá outras providências.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/565/projeto_de_lei_1939-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/565/projeto_de_lei_1939-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contrata por prazo determinado, em razão de Excepcional Interesse Público, um Servente e dá outras providências.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/571/projeto_de_lei_1940_-contratacao_artesao.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/571/projeto_de_lei_1940_-contratacao_artesao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR POR PRAZO DETERMINADO, EM RAZÃO DE EXCEPCIONAL INTERESSE PÚBLICO, UM ARTESÃO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/575/projeto_de_lei_1941_-contratacao_serventes.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/575/projeto_de_lei_1941_-contratacao_serventes.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR POR PRAZO DETERMINADO, EM RAZÃO DE EXCEPCIONAL INTERESSE PÚBLICO, CINCO SERVENTES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/572/projeto_de_lei_1942_-contratacao_monitor_de_educacao_infantil.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/572/projeto_de_lei_1942_-contratacao_monitor_de_educacao_infantil.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR POR PRAZO DETERMINADO, EM RAZÃO DE EXCEPCIONAL INTERESSE PÚBLICO, UM MONITOR DE EDUCAÇÃO INFANTIL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/577/projeto_de_lei_1943-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/577/projeto_de_lei_1943-2024.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2024 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2024, no valor de R$ 199.565,00 (cento e noventa e nove mil e quinhentos e sessenta e cinco reais).</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/578/projeto_de_lei_1944-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/578/projeto_de_lei_1944-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2024, no valor de R$ 125.000,00 (cento e vinte e cinco mil reais).</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/579/projeto_de_lei_1945-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/579/projeto_de_lei_1945-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1859/2023, de 26 de abril de 2023 que dispõe sobre a concessão de Auxílio Alimentação aos Servidores Públicos Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/580/projeto_de_lei_1946-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/580/projeto_de_lei_1946-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Artesão e dá outras providências.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/583/projeto_de_lei_1947-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/583/projeto_de_lei_1947-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2024, no valor de R$ 180.000,00 (cento e oitenta mil reais).</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/584/projeto_de_lei_1948-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/584/projeto_de_lei_1948-2024.pdf</t>
   </si>
   <si>
     <t>Institui campanha para aumento da arrecadação do Município e valorização do Comércio Local, institui e autoriza Premiação e dá outras providências.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/586/projeto_de_lei_1949-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/586/projeto_de_lei_1949-2024.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2024 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2024, no valor de R$ 37.000,00 (trinta e sete mil reais).</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/593/projeto_de_lei_1950-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/593/projeto_de_lei_1950-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a incluir elemento de despesa no Plano Plurianual 2022-2025, na Lei de Diretrizes Orçamentária de 2024 e na Lei Orçamentária Anual de 2024 e autoriza a abertura de Crédito Especial no montante de R$ 70.000,00 (setenta mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/594/projeto_de_lei_1951-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/594/projeto_de_lei_1951-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2024, no valor de R$ 130.000,00 (cento e trinta mil reais).</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/595/projeto_de_lei_1952-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/595/projeto_de_lei_1952-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a prorrogar a vigência do contrato por prazo determinado de Enfermeiro, autorizado pela Lei Municipal nº 1.785/2022 de 24 de agosto de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/596/projeto_de_lei_1953-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/596/projeto_de_lei_1953-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Engenheiro Civil e dá outras providências.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/597/projeto_de_lei_1954-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/597/projeto_de_lei_1954-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Operador de Máquinas e dá outras providências.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/606/projeto_de_lei_1955-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/606/projeto_de_lei_1955-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Professor Anos Finais de matemática e dá outras providências.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/607/projeto_de_lei_1956-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/607/projeto_de_lei_1956-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Motorista e dá outras providências.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/608/projeto_de_lei_1957-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/608/projeto_de_lei_1957-2024.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2024 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2024, no valor de R$ 412.000,00 (quatrocentos e doze mil reais).</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/609/lei_1958.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/609/lei_1958.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2024, no valor de R$ 218.535,23 (duzentos e dezoito mil quinhentos e trinta e cinco reais e vinte e três centavos).</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/610/lei_1959.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/610/lei_1959.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Motorista e dá outras providencias.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/611/lei_1960.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/611/lei_1960.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão Excepcional Interesse Público, um Motorista e dá outras providências</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/613/projeto_de_lei_1961-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/613/projeto_de_lei_1961-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Servente e dá outras providências.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/616/projeto_de_lei_1962-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/616/projeto_de_lei_1962-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2024, no valor de R$ 150.000,00 (cento e cinquenta mil reais).</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/617/projeto_de_lei_1963-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/617/projeto_de_lei_1963-2024.pdf</t>
   </si>
   <si>
     <t>Inclui Parágrafo único no art. 48 da Lei Municipal nº 1.330, de 03 de junho de 2015, que "Dispõe sobre a Política Municipal de Proteção aos Direitos da Criança e do Adolescente, o Conselho Municipal dos Direitos da Criança e do Adolescente, o Fundo Municipal dos Direitos da Criança e do Adolescente, o Sistema Municipal de Atendimento Socioeducativo e o Conselho Tutelar".</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/622/projeto_de_lei_1964-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/622/projeto_de_lei_1964-2024.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2024 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2024, no valor de R$ 1.428.000,00 (um milhão e quatrocentos e vinte e oito mil reais).</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/623/projeto_de_lei_1965-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/623/projeto_de_lei_1965-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2024, no valor de R$ 203.831,13 (duzentos e três mil oitocentos e trinta e um reais e treze centavos).</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/624/projeto_de_lei_1966-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/624/projeto_de_lei_1966-2024.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO na Lei de Diretrizes Orçamentárias de 2024 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2024, no valor de R$ 15.000,00 (quinze mil reais).</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/625/projeto_de_lei_1967-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/625/projeto_de_lei_1967-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza celebração de Termo de Fomento com a Associação Civil Corpo de Bombeiros Voluntários de Sobradinho e dá outras providências.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/628/projeto_de_lei_1968-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/628/projeto_de_lei_1968-2024.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2024 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2024, no valor de R$ 21.000,00 (vinte e um mil reais).</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/629/projeto_de_lei_1969-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/629/projeto_de_lei_1969-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2024, no valor de R$ 100.000,00 (cem mil reais).</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/638/projeto_de_lei_1970-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/638/projeto_de_lei_1970-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a renovar Termo de Cooperação com o Departamento de Estradas e Rodagens - DAER/RS e dá outras providências.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/643/projeto_lei_credito_especial_procad_-_suas.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/643/projeto_lei_credito_especial_procad_-_suas.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2024 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2024, no valor de R$ 7.392,08 (sete mil trezentos e noventa e dois reais e oito centavos).</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/648/projeto_de_lei_do_executivo_1972-2024_-_ldo.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/648/projeto_de_lei_do_executivo_1972-2024_-_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/656/projeto_de_lei_no1973-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/656/projeto_de_lei_no1973-2024.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Lagoa Bonita do Sul para o Exercício Financeiro de 2025.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/663/projeto_de_lei_1974-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/663/projeto_de_lei_1974-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a prorrogar a vigência do contrato por prazo determinado de Professor Anos Iniciais em face da estabilidade provisória devido a gestação e dá outras providências.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/664/projeto_de_lei_1975-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/664/projeto_de_lei_1975-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a prorrogar a vigência do contrato por prazo determinado de Professor Educação Infantil em face da estabilidade provisória devido a gestação e dá outras providências.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/665/projeto_de_lei_1976-2024.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/665/projeto_de_lei_1976-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a prorrogar a vigência do contrato por prazo determinado de Facilitador de Oficina de Atividades Manuais (Artes) em face da estabilidade provisória devido a gestação e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2019,68 +2019,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/533/abono_de_falta_no_001-2024_-_almeri.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/535/abono_de_falta_no_002-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/546/abono_de_falta_no_003-2024_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/547/abono_de_falta_no_004-2024_-_antonio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/567/abono_de_falta_no_005-2024_-edinei.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/569/abono_de_falta_no_006-2024_-_almeri.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/581/abono_de_falta_no_007-2024_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/589/abono_de_falta_no_008-2024_-_almeri.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/614/abono_de_falta_no_009-2024_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/618/abono_de_falta_no_010-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/626/abono_de_falta_no_011-2024_-_almeri.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/646/abono_de_falta_no_012-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/657/abono_de_falta_no_013-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/658/abono_de_falta_no_014-2024_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/564/mocao_de_reconhecimento_no_001-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/612/mocao_de_reconhecimento_no_002-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/639/mocao_de_reconhecimento_no_003-2024_-alexandre.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/660/mocao_de_reconhecimento_no_004-2024_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/550/mocao_de_apoio_001-2024_-_comando_geral_da_brigada_militar.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/562/mocao_de_apoio_002-2024_-_livro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/590/mocao_de_apoio_003-2024_-_projeto_de_lei_1151-2024_do_fundao_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/591/mocao_de_apoio_004-2024_-_anistia_da_divida.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/601/mocao_de_apoio_005-2024_-_farsul.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/563/mocao_de_repudio_001-2024-_livro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/566/mocao_de_repudio_002-2024-_rge.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/652/pedido_informacao_001-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/636/pedido_de_providencia_001-2024_-_edison.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/637/pedido_de_providencia_002-2024_-_edison.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/645/pedido_de_providencia_003-2024_-_edison.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/647/pedido_de_providencia_004-2024_-_edison.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/532/indicacao-no-001-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/537/indicacao_no_002-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/549/indicacao_no_003-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/555/indicacao_no_004-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/556/indicacao_no_005-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/568/indicacao_no_006-2024_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/570/indicacao_no_007-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/573/indicacao_no_008-2024_-_cleamaris.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/574/indicacao_no_009-2024_-_cleamaris.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/582/indicacao_no_010-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/585/indicacao_no_011-2024_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/587/indicacao_no_012-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/588/indicacao_no_013-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/592/indicacao_no_014_-2024_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/598/indicacao_no_015-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/599/indicacao_no_016-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/600/indicacao_no_017-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/619/indicacao_no_018-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/627/indicacao_no_019_-2024_-_zeca.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/630/indicacao_no_020-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/632/indicacao_no_021-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/634/indicacao_no_023-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/635/indicacao_no_023-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/640/indicacao_no_024-2024_-gilsemar.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/641/indicacao_no_025-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/642/indicacao_no_026-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/644/indicacao_no_027-2024_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/649/indicacao_no_028-2024_-gilsemar.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/651/indicacao_no_029-2024_-gilsemar.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/653/indicacao_no_030-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/654/indicacao_no_031-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/655/indicacao_no_032-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/659/indicacao_no_033-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/661/indicacao_no_034-2024_-ezequiel.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/662/indicacao_no_035-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/668/indicacao_no_036-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/666/indicacao_no_037-2024_-_todos_-_repasse_saldo_duodecimo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/633/projeto_de_resolucao_no_001-2024_-_galeria_8_de_marco.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/620/projeto_decreto_legislativo_no_001-2024_-_apreciacao_contas_executivo_2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/621/projeto_decreto_legislativo_no_002-2024_-_apreciacao_contas_executivo_2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/650/projeto_decreto_legislativo_no_003_-2024_-_apreciacao_contas_executivo_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/536/projeto_de_lei_001-2024_-_turno_unico.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/541/projeto_de_lei_do_legislativo_002-2024_-_aumento_real.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/576/projeto_de_lei_003-2024_-_aumento_do_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/602/projeto_de_lei_no_004-2024_-_troca_sinais_escola.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/603/projeto-de-lei-005-subsidio-vereadores-2025-2028_gnd3ez.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/604/projeto-de-lei-006-subsidio-secretarios-2025-2028_gnd3ez.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/605/projeto-de-lei-007-subsidio-prefeito-e-vice-2025-2028_gnd3ez.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/615/projeto_de_lei_008_semana_da_agricultura_cyjczz.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/669/projeto_de_lei_009-2024_-_proibicao_de_som-_eneida.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/631/requerimento_001-2024_-_projeto_galeria_das_mulheres.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/534/projeto_1922-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/538/projeto_de_lei_1923_revisao_geral_anual_e_aumento.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/539/projeto_de_lei_1924_receber_em_doacao_ruas.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/540/projeto_de_lei_1925_credito_especial_pronto_atendimento_hospital_santa_rosa_de_lima.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/543/projeto_de_lei_1926-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/542/projeto_de_lei_1927-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/544/projeto_de_lei_1928-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/545/projeto_de_lei_1929-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/554/projeto_de_lei_1930-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/553/projeto_de_lei_1931-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/552/projeto_de_lei_1932-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/551/projeto_de_lei_1933-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/557/projeto_de_lei_1934-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/558/projeto_de_lei_1935-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/559/projeto_de_lei_1936-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/560/projeto_de_lei_1937-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/561/projeto_de_lei_1938-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/565/projeto_de_lei_1939-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/571/projeto_de_lei_1940_-contratacao_artesao.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/575/projeto_de_lei_1941_-contratacao_serventes.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/572/projeto_de_lei_1942_-contratacao_monitor_de_educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/577/projeto_de_lei_1943-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/578/projeto_de_lei_1944-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/579/projeto_de_lei_1945-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/580/projeto_de_lei_1946-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/583/projeto_de_lei_1947-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/584/projeto_de_lei_1948-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/586/projeto_de_lei_1949-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/593/projeto_de_lei_1950-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/594/projeto_de_lei_1951-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/595/projeto_de_lei_1952-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/596/projeto_de_lei_1953-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/597/projeto_de_lei_1954-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/606/projeto_de_lei_1955-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/607/projeto_de_lei_1956-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/608/projeto_de_lei_1957-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/609/lei_1958.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/610/lei_1959.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/611/lei_1960.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/613/projeto_de_lei_1961-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/616/projeto_de_lei_1962-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/617/projeto_de_lei_1963-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/622/projeto_de_lei_1964-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/623/projeto_de_lei_1965-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/624/projeto_de_lei_1966-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/625/projeto_de_lei_1967-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/628/projeto_de_lei_1968-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/629/projeto_de_lei_1969-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/638/projeto_de_lei_1970-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/643/projeto_lei_credito_especial_procad_-_suas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/648/projeto_de_lei_do_executivo_1972-2024_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/656/projeto_de_lei_no1973-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/663/projeto_de_lei_1974-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/664/projeto_de_lei_1975-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/665/projeto_de_lei_1976-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/533/abono_de_falta_no_001-2024_-_almeri.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/535/abono_de_falta_no_002-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/546/abono_de_falta_no_003-2024_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/547/abono_de_falta_no_004-2024_-_antonio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/567/abono_de_falta_no_005-2024_-edinei.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/569/abono_de_falta_no_006-2024_-_almeri.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/581/abono_de_falta_no_007-2024_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/589/abono_de_falta_no_008-2024_-_almeri.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/614/abono_de_falta_no_009-2024_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/618/abono_de_falta_no_010-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/626/abono_de_falta_no_011-2024_-_almeri.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/646/abono_de_falta_no_012-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/657/abono_de_falta_no_013-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/658/abono_de_falta_no_014-2024_-_alexandre.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/564/mocao_de_reconhecimento_no_001-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/612/mocao_de_reconhecimento_no_002-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/639/mocao_de_reconhecimento_no_003-2024_-alexandre.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/660/mocao_de_reconhecimento_no_004-2024_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/550/mocao_de_apoio_001-2024_-_comando_geral_da_brigada_militar.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/562/mocao_de_apoio_002-2024_-_livro.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/590/mocao_de_apoio_003-2024_-_projeto_de_lei_1151-2024_do_fundao_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/591/mocao_de_apoio_004-2024_-_anistia_da_divida.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/601/mocao_de_apoio_005-2024_-_farsul.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/563/mocao_de_repudio_001-2024-_livro.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/566/mocao_de_repudio_002-2024-_rge.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/652/pedido_informacao_001-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/636/pedido_de_providencia_001-2024_-_edison.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/637/pedido_de_providencia_002-2024_-_edison.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/645/pedido_de_providencia_003-2024_-_edison.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/647/pedido_de_providencia_004-2024_-_edison.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/532/indicacao-no-001-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/537/indicacao_no_002-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/549/indicacao_no_003-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/555/indicacao_no_004-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/556/indicacao_no_005-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/568/indicacao_no_006-2024_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/570/indicacao_no_007-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/573/indicacao_no_008-2024_-_cleamaris.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/574/indicacao_no_009-2024_-_cleamaris.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/582/indicacao_no_010-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/585/indicacao_no_011-2024_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/587/indicacao_no_012-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/588/indicacao_no_013-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/592/indicacao_no_014_-2024_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/598/indicacao_no_015-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/599/indicacao_no_016-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/600/indicacao_no_017-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/619/indicacao_no_018-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/627/indicacao_no_019_-2024_-_zeca.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/630/indicacao_no_020-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/632/indicacao_no_021-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/634/indicacao_no_023-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/635/indicacao_no_023-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/640/indicacao_no_024-2024_-gilsemar.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/641/indicacao_no_025-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/642/indicacao_no_026-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/644/indicacao_no_027-2024_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/649/indicacao_no_028-2024_-gilsemar.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/651/indicacao_no_029-2024_-gilsemar.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/653/indicacao_no_030-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/654/indicacao_no_031-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/655/indicacao_no_032-2024_-_debora.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/659/indicacao_no_033-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/661/indicacao_no_034-2024_-ezequiel.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/662/indicacao_no_035-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/668/indicacao_no_036-2024_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/666/indicacao_no_037-2024_-_todos_-_repasse_saldo_duodecimo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/633/projeto_de_resolucao_no_001-2024_-_galeria_8_de_marco.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/620/projeto_decreto_legislativo_no_001-2024_-_apreciacao_contas_executivo_2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/621/projeto_decreto_legislativo_no_002-2024_-_apreciacao_contas_executivo_2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/650/projeto_decreto_legislativo_no_003_-2024_-_apreciacao_contas_executivo_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/536/projeto_de_lei_001-2024_-_turno_unico.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/541/projeto_de_lei_do_legislativo_002-2024_-_aumento_real.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/576/projeto_de_lei_003-2024_-_aumento_do_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/602/projeto_de_lei_no_004-2024_-_troca_sinais_escola.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/603/projeto-de-lei-005-subsidio-vereadores-2025-2028_gnd3ez.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/604/projeto-de-lei-006-subsidio-secretarios-2025-2028_gnd3ez.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/605/projeto-de-lei-007-subsidio-prefeito-e-vice-2025-2028_gnd3ez.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/615/projeto_de_lei_008_semana_da_agricultura_cyjczz.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/669/projeto_de_lei_009-2024_-_proibicao_de_som-_eneida.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/631/requerimento_001-2024_-_projeto_galeria_das_mulheres.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/534/projeto_1922-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/538/projeto_de_lei_1923_revisao_geral_anual_e_aumento.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/539/projeto_de_lei_1924_receber_em_doacao_ruas.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/540/projeto_de_lei_1925_credito_especial_pronto_atendimento_hospital_santa_rosa_de_lima.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/543/projeto_de_lei_1926-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/542/projeto_de_lei_1927-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/544/projeto_de_lei_1928-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/545/projeto_de_lei_1929-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/554/projeto_de_lei_1930-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/553/projeto_de_lei_1931-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/552/projeto_de_lei_1932-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/551/projeto_de_lei_1933-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/557/projeto_de_lei_1934-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/558/projeto_de_lei_1935-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/559/projeto_de_lei_1936-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/560/projeto_de_lei_1937-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/561/projeto_de_lei_1938-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/565/projeto_de_lei_1939-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/571/projeto_de_lei_1940_-contratacao_artesao.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/575/projeto_de_lei_1941_-contratacao_serventes.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/572/projeto_de_lei_1942_-contratacao_monitor_de_educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/577/projeto_de_lei_1943-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/578/projeto_de_lei_1944-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/579/projeto_de_lei_1945-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/580/projeto_de_lei_1946-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/583/projeto_de_lei_1947-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/584/projeto_de_lei_1948-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/586/projeto_de_lei_1949-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/593/projeto_de_lei_1950-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/594/projeto_de_lei_1951-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/595/projeto_de_lei_1952-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/596/projeto_de_lei_1953-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/597/projeto_de_lei_1954-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/606/projeto_de_lei_1955-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/607/projeto_de_lei_1956-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/608/projeto_de_lei_1957-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/609/lei_1958.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/610/lei_1959.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/611/lei_1960.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/613/projeto_de_lei_1961-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/616/projeto_de_lei_1962-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/617/projeto_de_lei_1963-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/622/projeto_de_lei_1964-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/623/projeto_de_lei_1965-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/624/projeto_de_lei_1966-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/625/projeto_de_lei_1967-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/628/projeto_de_lei_1968-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/629/projeto_de_lei_1969-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/638/projeto_de_lei_1970-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/643/projeto_lei_credito_especial_procad_-_suas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/648/projeto_de_lei_do_executivo_1972-2024_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/656/projeto_de_lei_no1973-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/663/projeto_de_lei_1974-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/664/projeto_de_lei_1975-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2024/665/projeto_de_lei_1976-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H137"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="159.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="162.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="161.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>