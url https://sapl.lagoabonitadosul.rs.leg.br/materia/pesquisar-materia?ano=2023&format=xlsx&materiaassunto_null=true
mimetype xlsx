--- v0 (2025-11-30)
+++ v1 (2026-03-10)
@@ -54,2065 +54,2065 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Abono de Falta</t>
   </si>
   <si>
     <t>Debora Busatto</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/359/abono_de_falta_no_001-2023_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/359/abono_de_falta_no_001-2023_-_debora.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 03 de janeiro de 2023.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Ezequiel Tavares</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/381/abono_de_falta_no_002-2023_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/381/abono_de_falta_no_002-2023_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 10 de janeiro de 2023.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Gilsemar Honnef</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/390/abono_de_falta_no_003-2023_-gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/390/abono_de_falta_no_003-2023_-gilsemar.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 07 de março de 2023.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Antonio Lovatto Possebon</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/405/abono_de_falta_no_004-2023_-_antonio.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/405/abono_de_falta_no_004-2023_-_antonio.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 28 de março de 2023.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Eneida Zuchetto Lazzari</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/406/abono_de_falta_no_005-2023_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/406/abono_de_falta_no_005-2023_-_eneida.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 28 de março de 2023.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/428/abono_de_falta_no_006-2023_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/428/abono_de_falta_no_006-2023_-_eneida.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 25 de abril de 2023.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/445/abono_de_falta_no_007-2023_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/445/abono_de_falta_no_007-2023_-_debora.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 13 de junho de 2023.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Almeri Ivo Pribe</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/448/abono_de_falta_no_008-2023_-_almeri.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/448/abono_de_falta_no_008-2023_-_almeri.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 20 de junho de 2023.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Olavo da Rosa</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/466/abono_de_falta_no_009-2023_-_olavo.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/466/abono_de_falta_no_009-2023_-_olavo.pdf</t>
   </si>
   <si>
     <t>Participar de uma manifestação juntamente com outras entidades representativas em_x000D_
 defesa dos produtores de leite e derivados, contra a importação de produtos lácteos de_x000D_
 países do Mercosul, o que acaba prejudicando os produtores tanto do município, quanto_x000D_
 nacionais, desestimulando a continuidade das famílias brasileiras na atividade que_x000D_
 ocorreu em Porto Xavier - RS.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/472/abono_de_falta_no_010-2023_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/472/abono_de_falta_no_010-2023_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 15 de agosto de 2023.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>José Donir Elesbão</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/473/abono_de_falta_no_011-2023_-_jose_donir.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/473/abono_de_falta_no_011-2023_-_jose_donir.pdf</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/490/abono_de_falta_no_012-2023_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/490/abono_de_falta_no_012-2023_-_debora.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 26 de setembro de 2023.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/514/abono_de_falta_no_013-2023_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/514/abono_de_falta_no_013-2023_-_eneida.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 07 de novembro de 2023.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/515/abono_de_falta_no_014-2023_-_antonio.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/515/abono_de_falta_no_014-2023_-_antonio.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, após discussão e merecida aprovação, solicita Vossa Excelência o abono da falta no dia 14 de novembro de 2023.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>MCR</t>
   </si>
   <si>
     <t>Moção de Congratulações e Reconhecimento</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/484/mocao_de_reconhecimento_no_001-2023_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/484/mocao_de_reconhecimento_no_001-2023_-_eneida.pdf</t>
   </si>
   <si>
     <t>Para que encaminhe esta Moção de Reconhecimento e Aplausos aos representantes dos CAVALEIROS DE LAGOA BONITA DO SUL, os senhores, EJAIR MELCHIOR e JURANDIR MACIEL e a senhorita, ISADORA MACIEL, os quais representaram nosso município na 74ª Edição do evento da Geração e Distribuição da Chama Crioula, no município de Cristal.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/519/mocao_de_reconhecimento_no_002-2023_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/519/mocao_de_reconhecimento_no_002-2023_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que encaminhe esta Moção de Reconhecimento e Aplausos ao PROJETO ARTE E CIDADANIA de Sobradinho, o qual nosso município está vinculado através da Secretaria de Educação Cultura e Desporto, a parceria iniciou no ano de 2022.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
     <t>Debora Busatto, Almeri Ivo Pribe, Antonio Lovatto Possebon, Claudiomiro Severo, Edinei Israel da Silva, Eneida Zuchetto Lazzari, Ezequiel Tavares, Gilsemar Honnef, Olavo da Rosa</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/385/mocao_de_apoio_no_001-2023_-_debora_e_demais.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/385/mocao_de_apoio_no_001-2023_-_debora_e_demais.pdf</t>
   </si>
   <si>
     <t>A Vereadora juntamente com os demais, vem por meio desta, declarar TOTAL APOIO ao CHAMAMENTO DE TODOS OS APROVADOS NA PRIMEIRA FASE DO CONCURSO VIGENTE DA SUSEPE-RS, PARA QUE SEJAM CONVOCADOS PARA A SEGUNDA FASE (TESTE DE APTIDÃO FÍSICA), PREVISTA NO CERTAME. Após os trâmites de estilo, uma vez aprovada, requer-se o seu envio ao Excelentíssimo Governador do Estado do Rio Grande do Sul e ao Excelentíssimo Vice-Governador e Secretário da Segurança do Estado do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>Claudiomiro Severo, Debora Busatto, Edinei Israel da Silva, Eduardo Luiz Martins, Eneida Zuchetto Lazzari, Ezequiel Tavares, Gilsemar Honnef, João David Rathke</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/510/mocao_de_apoio_no_002-2023_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/510/mocao_de_apoio_no_002-2023_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Manifestam e reforçam a necessidade plena da aplicação da Lei 15.958 de 19 de janeiro de 2023, que dispõe sobre a classificação do tabaco nas propriedades dos agricultores no âmbito do Estado do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>Ezequiel Tavares, Almeri Ivo Pribe, Antonio Lovatto Possebon, Carlos Alexandre Lyra, Debora Busatto, Edinei Israel da Silva, Eneida Zuchetto Lazzari, Gilsemar Honnef, Olavo da Rosa</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/520/mocao_de_apoio_no_003-2023_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/520/mocao_de_apoio_no_003-2023_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Declarar apoio pela aprovação no Congresso Nacional da PEC 383/2017, que altera a Constituição Federal para garantir recursos mínimos para o financiamento do Sistema Único de Assistência Social (SUAS).</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/489/mocao_de_repudio_001-2023_-_contra_a_descriminalizacao_do_aborto.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/489/mocao_de_repudio_001-2023_-_contra_a_descriminalizacao_do_aborto.pdf</t>
   </si>
   <si>
     <t>Para que encaminhe MOÇÃO DE REPÚDIO à ADPF 442 que prevê a descriminalização do aborto até a 12ª semana de gestação.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>VP</t>
   </si>
   <si>
     <t>Voto de pesar</t>
   </si>
   <si>
     <t>Adriana da Rosa Foletto, Antonio Lovatto Possebon, Claudiomiro Severo, Debora Busatto, Edinei Israel da Silva, Eneida Zuchetto Lazzari, Ezequiel Tavares, Gilsemar Honnef, Marcia Lazzari</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/418/voto_de_pesar_001-2023_todos_vereadores.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/418/voto_de_pesar_001-2023_todos_vereadores.pdf</t>
   </si>
   <si>
     <t>Para que seja consignada por está Casa Legislativa, Voto de Pesar pelo falecimento do Senhora Salete Rosane Honnef Zuge, ocorrido no dia 24 de março deste ano. Que seja dado conhecimento à família enlutada.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>Almeri Ivo Pribe, Antonio Lovatto Possebon, Claudiomiro Severo, Debora Busatto, Edinei Israel da Silva, Ezequiel Tavares, Gilsemar Honnef, José Donir Elesbão</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/458/voto_de_pesar_002-2023_todos_vereadores.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/458/voto_de_pesar_002-2023_todos_vereadores.pdf</t>
   </si>
   <si>
     <t>Que seja consignada por esta Casa Legislativa, Voto de Pesar pelo falecimento do Senhor AQUILARES LUCAS, ocorrido no dia 28 de julho deste ano. Que seja dado conhecimento à família enlutada.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/485/voto_de_pesar_003-2023_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/485/voto_de_pesar_003-2023_eneida.pdf</t>
   </si>
   <si>
     <t>Para que seja consignada por esta Casa Legislativa, Voto de Pesar pelo falecimento do Senhor MARIO GOTTEMS, ocorrido no dia 10 de setembro deste ano. Que seja dado conhecimento à família enlutada.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/376/indicacao_no_001-2023_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/376/indicacao_no_001-2023_-_eneida.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal estude a possibilidade de implantar o sistema de placas solares nos prédios públicos, utilizando essa energia gerada pelo sol, para compensar o consumo de energia elétrica dos prédios públicos e da iluminação pública do município.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/380/indicacao_no_002-2023_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/380/indicacao_no_002-2023_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Para que seja analisado algum projeto para substituição de sinais sonoros nas escolas, buscando melhorar o ambiente escolar para crianças autistas, com colocação de sinais musicais ou visuais.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/384/indicacao_no_003-2023_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/384/indicacao_no_003-2023_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que sejam colocadas algumas cargas de terra no terreno da Srª Beloni Conti, na Sede do Município.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/387/indicacao_no_004-2023_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/387/indicacao_no_004-2023_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja instalada uma parada de ônibus no outro lado da estrada da propriedade de Elizete Ulda Hass na estrada para Travessa Karnopp.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/388/indicacao_no_005-2023_-_olavo.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/388/indicacao_no_005-2023_-_olavo.pdf</t>
   </si>
   <si>
     <t>Para que seja construído uma parada de ônibus em frente a propriedade do Sr. Paulo Rodrigues do Nascimento, em Alto Pilão.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/389/indicacao_no_006-2023_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/389/indicacao_no_006-2023_-_eneida.pdf</t>
   </si>
   <si>
     <t>Para que seja feita a roçada nas estradas de Linha Melchior, Travessa Pens, Linha Francesquet, Estrada dos Cabritos e Alto Pilão.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/391/indicacao_no_007-2023_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/391/indicacao_no_007-2023_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Para que seja analisado a possibilidade de  além do condutor, os veículos destinados ao transporte escolar possam contar com a presença de monitores para auxiliar no embarque e desembarque das crianças e garantir sua segurança durante o trajeto.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/395/indicacao_no_008-2023_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/395/indicacao_no_008-2023_-_eneida.pdf</t>
   </si>
   <si>
     <t>Para que seja melhorada a iluminação no perímetro urbano, trocando as lâmpadas queimadas e colocando novas luminárias nos locais onde há deficiência.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/396/indicacao_no_009-2023_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/396/indicacao_no_009-2023_-_eneida.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal estude a possibilidade de fornecer gratuitamente aos professores e monitores da rede municipal, formação sobre o transtorno do espectro autista.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>Claudiomiro Severo</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/397/indicacao_no_010-2023_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/397/indicacao_no_010-2023_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que seja feita a poda das arvores na Av. Jose Luchese.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/398/indicacao_no_011-2023_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/398/indicacao_no_011-2023_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que seja feita a recuperação da estrada que liga Várzea Grande à Arroio Grande.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/408/indicacao_no_012-2023_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/408/indicacao_no_012-2023_-_eneida.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal estude a possibilidade de fornecer o ensino da língua inglesa nas séries iniciais da educação infantil.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/409/indicacao_no_013-2023_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/409/indicacao_no_013-2023_-_eneida.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal encaminhe ao setor competente para que seja feita a recuperação, com o uso de cascalho, nos locais onde ainda não foram beneficiados com esse recurso, nas estradas de Linha Melchior, Travessa Pens, Linha Francesquet, Estrada dos cabritos, e Alto Pilão.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/415/indicacao_no_014-2023_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/415/indicacao_no_014-2023_-_eneida.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal reúna os vereadores, diretores das escolas e COMDICA para discutir sobre a segurança atual em nossos educandários e o que pode ser melhorado conforme a realidade do município.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Marcia Lazzari</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/416/indicacao_no_015-2023_-marcia.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/416/indicacao_no_015-2023_-marcia.pdf</t>
   </si>
   <si>
     <t>Para que seja colocado algumas cargas de britas da entrada da propriedade até a casa de Luciana Nunes e Macedo na Entrada das Antenas em Linha Tupi e também na mesma propriedade que seja colocado uma lixeira.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/417/indicacao_no_016-2023_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/417/indicacao_no_016-2023_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja patrolada e recuperada a Rua Achiles Batista Pens.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Adriana da Rosa Foletto</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/419/indicacao_no_017-2023_-adriana.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/419/indicacao_no_017-2023_-adriana.pdf</t>
   </si>
   <si>
     <t>Para que seja feito a recuperação da estrada de lavoura do Senhor Fabiano Gomes dos Santos em Campos Novos.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/420/indicacao_no_018-2023_-adriana.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/420/indicacao_no_018-2023_-adriana.pdf</t>
   </si>
   <si>
     <t>Que o Executivo municipal faça a aquisição de uma globa aradora para a secretaria de agricultura.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/421/indicacao_no_019-2023_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/421/indicacao_no_019-2023_-_eneida.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal encaminhe à Secretaria Estadual do Turismo para que seja feito o projeto de 2 pórticos nas principais entradas da cidade.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/423/indicacao_no_020-2023_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/423/indicacao_no_020-2023_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que seja aumentada a capacidade de energia elétrica no Parque Municipal de Eventos.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/424/indicacao_no_021-2023_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/424/indicacao_no_021-2023_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Para que seja analisado a possibilidade de ser feito uma faixa elevada e a substituição da placa indicando “Escola” próximo a E.M.E.F. Vergílio Francisco da Silva, na Entrada da Várzea.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/427/indicacao_no_022-2023_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/427/indicacao_no_022-2023_-_eneida.pdf</t>
   </si>
   <si>
     <t>Para que seja colocado corrimão na escada e proteção no muro, em frente ao Posto de Saúde.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/432/indicacao_no_023-2023_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/432/indicacao_no_023-2023_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que seja colocado uma lixeira em frente a propriedade da Senhora Maria Regina Luchese, próxima a Firma Sete Lagoa.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/433/indicacao_no_024-2023_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/433/indicacao_no_024-2023_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que sejam trocadas algumas telhas da área coberta da Escola Rainha dos Apóstolos em Várzea Grande.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/434/indicacao_no_025-2023_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/434/indicacao_no_025-2023_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que seja colocada uma placa que proíba o estacionamento de caminhões e ônibus em frente a Casa Mortuária de Lagoa Bonita.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_no_026-2023_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_no_026-2023_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja colocada uma cobertura na área frontal da creche EMEI Criança Feliz.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/437/indicacao_no_027-2023_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/437/indicacao_no_027-2023_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que seja feito um “mata-burro” na entrada da propriedade de Antônio Bernardini em Arroio Grande.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/438/indicacao_no_028-2023_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/438/indicacao_no_028-2023_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal estude a possibilidade para que seja realizado um torneio de bochas municipal.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/439/indicacao_no_029-2023_-_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/439/indicacao_no_029-2023_-_eneida.pdf</t>
   </si>
   <si>
     <t>Para que faça a transferência dos móveis e utensílios que atualmente estão na escola Maria Isaíra Corte Tavares, desativada por falta de alunos, para outro espaço público,  evitando deste modo, o deterioramento dos mesmos.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/441/indicacao_no_030-2023_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/441/indicacao_no_030-2023_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal estude a possibilidade de fornecer aula de ioga para o grupo de terceira idade.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/442/indicacao_no_031-2023_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/442/indicacao_no_031-2023_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal estude a possibilidade de ser realizado novamente o Bati Viola.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Almeri Ivo Pribe, Claudiomiro Severo</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/446/indicacao_no_032-2023_-_claudiomiro_e_almeri.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/446/indicacao_no_032-2023_-_claudiomiro_e_almeri.pdf</t>
   </si>
   <si>
     <t>Para que seja feita a revisão da iluminação do pátio da Comunidade Santa Luzia em Linha Alta Fundos.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/453/indicacao_no_033-2023_-_ezequiel.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/453/indicacao_no_033-2023_-_ezequiel.pdf</t>
   </si>
   <si>
     <t>Para que seja colocada uma parada de ônibus em frente a propriedade de Elias Y Castro, na Avenida José Luchese.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/455/indicacao_no_034-2023_-_jose_donir.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/455/indicacao_no_034-2023_-_jose_donir.pdf</t>
   </si>
   <si>
     <t>Que a retirada de medicação para o serviço de Oncologia seja realizada por um profissional da área da saúde (técnico em enfermagem ou farmacêutico) da Secretaria Municipal da Saúde, junto ao Centro Regional de Oncologia HCB, referência de Cachoeira do Sul.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/471/indicacao_no_035-2023_-_claudiomiro.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/471/indicacao_no_035-2023_-_claudiomiro.pdf</t>
   </si>
   <si>
     <t>Para que sejam feitas roçadas nas estradas do município, principalmente nas estradas onde é feito o transporte escolar.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/491/indicacao_no_036-2023_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/491/indicacao_no_036-2023_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que seja construído no Parque Municipal de Eventos um galpão campeiro, para que possa ser utilizado em festividades alusivas a Semana Farroupilha e durante o ano todo pelas escolas, grupos de dança e público em geral para atividades que preservem o tradicionalismo em nosso munícipio.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/492/indicacao_no_037-2023_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/492/indicacao_no_037-2023_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que seja recuperada a estrada da Linha Francesquet e da Linha Melchior.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Debora Busatto, Eneida Zuchetto Lazzari</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_no_038-2023_-_debora_e_eneida.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_no_038-2023_-_debora_e_eneida.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe para a Secretaria competente para que seja realizada a iluminação do prédio da Prefeitura Municipal com luzes alusivas à campanha Outubro Rosa e Novembro Azul.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_no_039-2023_-_gilsemar.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_no_039-2023_-_gilsemar.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal encaminhe para a Secretaria competente para que seja feita uma parada de ônibus na propriedade de Gilson Francisco Weiss, em Várzea Grande.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Eduardo Luiz Martins</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/508/indicacao_no_040-2023_-_eduardo.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/508/indicacao_no_040-2023_-_eduardo.pdf</t>
   </si>
   <si>
     <t>Para que a Secretaria de Saúde volte a atender os cidadãos moradores das divisas do nosso município.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/511/indicacao_no_041-2023_-_debora.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/511/indicacao_no_041-2023_-_debora.pdf</t>
   </si>
   <si>
     <t>Para que sejam instaladas câmeras de segurança no Parque Municipal de Eventos.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Antonio Lovatto Possebon, Carlos Alexandre Lyra, Debora Busatto, Edinei Israel da Silva, Eneida Zuchetto Lazzari, Ezequiel Tavares, Gilsemar Honnef, Olavo da Rosa</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_no_042-2023_-_todos_-_repasse_saldo_duodecimo.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_no_042-2023_-_todos_-_repasse_saldo_duodecimo.pdf</t>
   </si>
   <si>
     <t>Para que o saldo remanescente de valores depositados na Conta do Convênio Duodécimo do Legislativo, no montante aproximado de R$ 91.195,50 (noventa e um mil, cento e noventa e cinco reais com cinquenta centavos) seja integralmente resgatado pelo Executivo a fim de que seja utilizada na área onde há mais necessidade de recursos para o atendimento da população.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/456/projeto_de_resolucao_no_001-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/456/projeto_de_resolucao_no_001-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste de diárias dos vereadores e servidores do Poder Legislativo do Município de Lagoa Bonita do Sul/RS, para o exercício de 2023, em atendimento a previsão das resoluções nº 002 e nº 003 de 2022.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>Debora Busatto, Eneida Zuchetto Lazzari, Gilsemar Honnef, João David Rathke</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/500/projeto_de_resolucao_002-2023_outubro_rosa.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/500/projeto_de_resolucao_002-2023_outubro_rosa.pdf</t>
   </si>
   <si>
     <t>Institui no Legislativo, a 'Campanha Outubro Rosa" dedicado às ações preventivas à integridade da saúde da mulher.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/509/projeto_de_resolucao_003-2023_novembro_azul.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/509/projeto_de_resolucao_003-2023_novembro_azul.pdf</t>
   </si>
   <si>
     <t>Institui no Legislativo, a 'Campanha Novembro Azul' dedicado às ações preventivas à integridade da saúde do homem.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Debora Busatto, Edinei Israel da Silva</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/478/projeto_decreto_legislativo_no_001-2023_-_apreciacao_contas_executivo_2019.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/478/projeto_decreto_legislativo_no_001-2023_-_apreciacao_contas_executivo_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Aprovação das Contas do Poder Executivo Municipal de Lagoa Bonita do Sul - RS do exercício de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>PL-L</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>Gilsemar Honnef, Antonio Lovatto Possebon, Eneida Zuchetto Lazzari</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/382/projeto_de_lei_001-2023_-_aumento_real.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/382/projeto_de_lei_001-2023_-_aumento_real.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Aumento Real aos servidores do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/402/projeto_de_lei_002-2023_-_aumento_do_vale_alimentacao.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/402/projeto_de_lei_002-2023_-_aumento_do_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE E AUMENTO AO VALOR DO AUXÍLIO ALIMENTAÇÃO AOS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL DE LAGOA BONITA DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/452/projeto_de_lei_003-2023_-_instituicao_semana_da_cultura_municipal.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/452/projeto_de_lei_003-2023_-_instituicao_semana_da_cultura_municipal.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE LAGOA BONITA DO SUL-RS A “SEMANA MUNICIPAL DA CULTURA” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>Antonio Lovatto Possebon, Gilsemar Honnef</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/467/projeto_de_lei_004-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/467/projeto_de_lei_004-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de aumento real aos secretários municipais de Lagoa Bonita do Sul/RS.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/495/projeto_de_lei_005-2023_-_instituicao_semana_de_conscientizacao_do_meio_ambiente.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/495/projeto_de_lei_005-2023_-_instituicao_semana_de_conscientizacao_do_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Lagoa Bonita do Sul-RS, a “Semana Municipal de Conscientização do Meio Ambiente” e dá outras providências.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/513/projeto_de_lei_006-2023_-_instituicao_da_semana_farroupilha.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/513/projeto_de_lei_006-2023_-_instituicao_da_semana_farroupilha.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE LAGOA BONITA DO SUL/RS A SEMANA FARROUPILHA.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/516/projeto_de_lei_007-2023_-_programa_de_descarte_de_lixo_eletronico.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/516/projeto_de_lei_007-2023_-_programa_de_descarte_de_lixo_eletronico.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Conscientização do Descarte de Lixo Eletrônico e Tecnológico no Município de Lagoa Bonita do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/522/projeto_de_lei_008-2023_-_institui_campanha_permanente_de_conscientizacao_sobre_depressao.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/522/projeto_de_lei_008-2023_-_institui_campanha_permanente_de_conscientizacao_sobre_depressao.pdf</t>
   </si>
   <si>
     <t>Institui a campanha permanente de conscientização sobre a depressão na infância e adolescência.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>PL-E</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/358/projeto_de_lei_1833-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/358/projeto_de_lei_1833-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Lagoa Bonita do Sul, ao Aderir ao Programa Médicos pelo Brasil, a criação de ajuda de custo e dá outras providências.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/360/projeto_1834-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/360/projeto_1834-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece o índice para revisão geral anual dos vencimentos e dos subsídios dos servidores do Município, inclusive do Prefeito, Vice-Prefeito, Vereadores e Secretários.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/361/projeto_1835-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/361/projeto_1835-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a alterar a carga horária e a remuneração do contrato administrativo nº 28/2022 de Psicólogo, autorizado pela Lei Municipal nº 1760/2022 de 23 de março de 2022.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/362/projeto_1836-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/362/projeto_1836-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, três Serventes e dá outras providências.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/363/projeto_1837-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/363/projeto_1837-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, doze Professores e dá outras providências.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/364/projeto_1838-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/364/projeto_1838-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, sete Monitores de Educação Infantil, um Monitor de Informática, dois Secretários de Escola e dá outras providências.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/365/projeto_1839-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/365/projeto_1839-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Farmacêutico e dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/366/projeto_1840-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/366/projeto_1840-2023.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2023 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2023, no valor R$ 108.000,00 (cento e oito mil reais).</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/367/projeto_1841-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/367/projeto_1841-2023.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2023 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2023, no valor de R$ 11.337,50 (onze mil trezentos e trinta e sete reais e cinquenta centavos).</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/368/projeto_1842-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/368/projeto_1842-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 1.127.968,61 (um milhão, cento e vinte e sete mil, novecentos e sessenta e oito reais e sessenta e um centavos).</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/369/projeto_1843-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/369/projeto_1843-2023.pdf</t>
   </si>
   <si>
     <t>Altera o art. 3º da Lei Municipal nº 1259/2014, de 24 de setembro de 2014, que estabelece o Plano de Carreira dos Servidores, institui o respectivo quadro de cargos e dá outras providências, criando os cargos de Fiscal, Contador, Psicólogo do CRAS e altera atribuições do cargo de Fiscal Administrativo e requisitos de provimento para os cargos de Motorista e Operador de Máquinas.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/370/projeto_de_lei_1844_contratacao_acs_05_substituir_lm.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/370/projeto_de_lei_1844_contratacao_acs_05_substituir_lm.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR POR PRAZO DETERMINADO, EM RAZÃO DE EXCEPCIONAL INTERESSE PÚBLICO, UM AGENTE COMUNITÁRIO DE SAÚDE MICRO ÀREA 05 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/371/projeto_de_lei_1845_contratacao_pedagogo_do_naab.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/371/projeto_de_lei_1845_contratacao_pedagogo_do_naab.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR POR PRAZO DETERMINADO, EM RAZÃO DE EXCEPCIONAL INTERESSE PÚBLICO, UM PEDAGOGO DO NAAB E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/372/projeto_de_lei_1846_prorrogacao_acs_04.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/372/projeto_de_lei_1846_prorrogacao_acs_04.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR A VIGÊNCIA DO CONTRATO POR PRAZO DETERMINADO DE AGENTE COMUNITÁRIO DE SAÚDE MICRO ÀREA 04, AUTORIZADO PELA LEI MUNICIPAL Nº 1.701/2021 DE 05 DE MAIO DE 2021 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/373/projeto_de_lei_1847_troca_de_elemento_de_despesa.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/373/projeto_de_lei_1847_troca_de_elemento_de_despesa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a incluir elemento de despesa no Plano Plurianual 2022-2025, na Lei de Diretrizes Orçamentária de 2023 e na Lei Orçamentária Anual de 2023 e autoriza a abertura de Crédito Especial no montante de R$ 115.000,00 (cento e quinze mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/374/projeto_de_lei_1848_credito_suplementar_secretaria_de_agricultura_-_aquisicao_de_ensiladeira_e_ensacadeira_-_construcao_e_ampliacao_de_redes_de_agua.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/374/projeto_de_lei_1848_credito_suplementar_secretaria_de_agricultura_-_aquisicao_de_ensiladeira_e_ensacadeira_-_construcao_e_ampliacao_de_redes_de_agua.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 150.000,00 (cento e cinquenta mil reais).</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/375/projeto_1849-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/375/projeto_1849-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 384.205,00 (trezentos e oitenta e quatro mil e duzentos e cinco reais).</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/386/projeto_de_lei_1850_firmar_convenio.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/386/projeto_de_lei_1850_firmar_convenio.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O ESTADO DO RIO GRANDE DO SUL POR INTERMÉDIO DA SECRETARIA ESTADUAL DE DESENVOLVIMENTO RURAL.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/392/projeto_de_lei_1851-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/392/projeto_de_lei_1851-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 37.259,60 (trinta e sete mil, duzentos e cinquenta e nove reais e sessenta centavos).</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_lei_1852-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_lei_1852-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 3º da Lei Municipal nº 1.259/2014, de 24 de setembro de 2014, que estabelece o Plano de Carreira dos Servidores, institui o respectivo quadro de cargos e dá outras providências, criando os cargos de Contador, Psicólogo do CRAS e altera requisitos de provimento para os cargos de Motorista e Operador de Máquinas.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/394/projeto_de_lei_1853-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/394/projeto_de_lei_1853-2023.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal 1.001, de 28 de março de 2012 e dispõe sobre a concessão de Auxílio Alimentação aos Servidores Públicos Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_lei_1854-2023_2.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_lei_1854-2023_2.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Servente e dá outras providências.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/400/projeto_de_lei_1855-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/400/projeto_de_lei_1855-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 161.497,84 (cento e sessenta e um mil, quatrocentos e noventa e sete reais e oitenta e quatro centavos).</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/401/projeto_de_lei_1856-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/401/projeto_de_lei_1856-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 180.600,00 (cento e oitenta mil e seiscentos reais).</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/403/projeto_de_lei_1857-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/403/projeto_de_lei_1857-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1330, de 03 de junho de 2015, que "Dispõe sobre a Política Municipal de Proteção aos Direitos da Criança e do Adolescente, o Conselho Municipal dos Direitos da Criança e do Adolescente, o Fundo Municipal dos Direitos da Criança e do Adolescente, o Sistema Municipal de Atendimento Socioeducativo e o Conselho Tutelar".</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/404/projeto_de_lei_1858-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/404/projeto_de_lei_1858-2023.pdf</t>
   </si>
   <si>
     <t>Altera o § 1º do Art. 2º da Lei Municipal nº 1.508/2018 de 04 de maio de 2018, que cria o Programa de fomento ao setor agrícola e autoriza o Poder Executivo a conceder equipamentos, incentivos e serviços aos Produtores Rurais e dá outras providências.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_de_lei_1859-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_de_lei_1859-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a incluir elemento de despesa no Plano Plurianual 2022-2025, na Lei de Diretrizes Orçamentária Anual de 2023 e autoriza a abertura de Crédito Especial no montante de R$ 160.000,00 (cento e sessenta mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/410/projeto_de_lei_1860-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/410/projeto_de_lei_1860-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a incluir elemento de despesa no Plano Plurianual 2022-2025, na Lei de Diretrizes Orçamentária de 2023 e na Lei Orçamentária Anual de 2023 e autoriza a abertura de Crédito Especial no montante de R$ 63.000,00 (sessenta e três mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_lei_1861-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_lei_1861-2023.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2023 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2023, no valor de R$ 10.000,00 (dez mil reais).</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_de_lei_1862-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_de_lei_1862-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Facilitador de Oficina de Atividades Manuais (Artes) e dá outras providências.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/413/projeto_de_lei_1863-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/413/projeto_de_lei_1863-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Monitor de Música, Teatro e Área Vocal (Coral) e dá outras providências.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/414/1864-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/414/1864-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Professor de Educação Física e dá outras providências.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/422/projeto_de_lei_1865-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/422/projeto_de_lei_1865-2023.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal 1.001 de 28 de março de 2012 e dispõe sobre a concessão de auxilio alimentação aos servidores públicos municipais e da outras providencias.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/425/projeto_de_lei_1866-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/425/projeto_de_lei_1866-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 337.383,50 (trezentos e trinta e sete mil trezentos e oitenta e três reais e cinquenta centavos).</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/426/projeto_de_lei_1867-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/426/projeto_de_lei_1867-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 60.000,00 (sessenta mil reais).</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/429/projeto_de_lei_1868-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/429/projeto_de_lei_1868-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a prorrogar a vigência do contrato por prazo determinado de Cirurgião Dentista - ESF, autorizado pela Lei Municipal nº 1.721/2021 de 27 de agosto de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/430/projeto_de_lei_1869-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/430/projeto_de_lei_1869-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.330, de 03 de junho de 2015, que "Dispõe sobre a Política Municipal de Proteção aos Direitos da Criança e do Adolescente, o Conselho Municipal dos Direitos da Criança e do Adolescente, o Fundo Municipal dos Direitos da Criança e do Adolescente, o Sistema Municipal de Atendimento Socioeducativo e o Conselho Tutelar".</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/431/projeto_de_lei_1870-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/431/projeto_de_lei_1870-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 2º da Lei Municipal nº 1691, de 24 de março de 2021, que "Cria o Conselho Municipal de Acompanhamento e de Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - Fundeb de que trata a Lei Federal nº 14.113, de 25 de Dezembro de 2020, e dá outras providências".</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/436/projeto_de_lei_1871-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/436/projeto_de_lei_1871-2023.pdf</t>
   </si>
   <si>
     <t>Institui campanha para aumento da arrecadação do município e valorização do comércio local, institui e autoriza premiação e dá outras providências.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/440/projeto_de_lei_1872-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/440/projeto_de_lei_1872-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a prorrogar a vigência do contrato por prazo determinado de Agente Comunitário de Saúde Micro Área 07, autorizado pela Lei Municipal nº 1.727/2021 de 29 de setembro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/443/projeto_de_lei_1873-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/443/projeto_de_lei_1873-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 103.000,00 (cento e três mil reais).</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/444/1874-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/444/1874-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 17.000,00 (dezessete mil reais).</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/449/projeto_de_lei_1875-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/449/projeto_de_lei_1875-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Cooperação com o Departamento de Estradas e Rodagens - DAER/RS e dá outras providências.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/450/projeto_de_lei_1876-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/450/projeto_de_lei_1876-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Assistente Social e dá outras providências.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/451/projeto_de_lei_1877-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/451/projeto_de_lei_1877-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, dois Serventes e dá outras providências.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/454/projeto_de_lei_1878-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/454/projeto_de_lei_1878-2023.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO na Lei de Diretrizes Orçamentárias de 2023 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2023, no valor de R$ 137.000,00 (cento e trinta e sete mil reais).</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/457/projeto_de_lei_1879-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/457/projeto_de_lei_1879-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a prorrogar a vigência do Contrato por prazo determinado de Auxiliar de Saúde Bucal, autorizado pela Lei Municipal nº 1.679/2021 de 13 de janeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/459/projeto_de_lei_1880-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/459/projeto_de_lei_1880-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 109.136,00 (cento e nove mil e cento e trinta e seis reais).</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/460/projeto_de_lei_1881-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/460/projeto_de_lei_1881-2023.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a orientação em noções básicas de primeiros socorros aos profissionais de instituições de ensino em todo o Município  de Lagoa Bonita do Sul - RS, e dá outras e dá providências.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/462/projeto_de_lei_1882-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/462/projeto_de_lei_1882-2023.pdf</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_de_lei_1883-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_de_lei_1883-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 39 da Lei Municipal nº 1.469/2017, de 18 de Setembro de 2017, que Estabelece o Plano Carreira e Remuneração do Magistério Público Municipal de Lagoa Bonita do Sul, Institui o Respectivo quadro de cargos e funções e dá outras providências.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/463/projeto_de_lei_1884-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/463/projeto_de_lei_1884-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 6º da Lei Municipal nº 1.793/2022, de 28 de Setembro de 2022, que Dispõe sobre o Quadro de Cargos dos Agentes Comunitários de Saúde, Estabelece o Plano de Carreira destes Servidores e dá outras providências.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/464/projeto_de_lei_1885-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/464/projeto_de_lei_1885-2023.pdf</t>
   </si>
   <si>
     <t>Concede aumento real aos Servidores do Poder Executivo Municipal submetidos a Lei Municipal nº 1.259/2014 de 24 de Setembro de 2014, que Estabelece o Plano de Carreira dos Servidores Municipais, Institui o Quadro de Cargos e dá outras providências.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_lei_1886-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_lei_1886-2023.pdf</t>
   </si>
   <si>
     <t>Concede Aumento Real aos Servidores Contratados Temporariamente pelo Município nas Funções Especificadas no Presente Projeto</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/468/projeto_de_lei_1887-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/468/projeto_de_lei_1887-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 50.655,00 (cinquenta mil seiscentos e cinquenta e cinco reais).</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/469/projeto_de_lei_1888-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/469/projeto_de_lei_1888-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 480.000,00 (quatrocentos e oitenta mil reais).</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/470/projeto_de_lei_1889-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/470/projeto_de_lei_1889-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 95.000,00 (noventa e cinco mil reais).</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/474/projeto_de_lei_1890-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/474/projeto_de_lei_1890-2023.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2023 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária de Anual de 2023, no valor de R$ 35.294,12 (trinta e cinco mil, duzentos e noventa e quatro reais doze centavos).</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/475/projeto_de_lei_1891-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/475/projeto_de_lei_1891-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a prorrogar a vigência do contrato por prazo determinado de Agente Comunitário de Saúde - Micro Área 01, em face da estabilidade provisória devido a gestação e dá outras providências.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/476/projeto_de_lei_1892-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/476/projeto_de_lei_1892-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de excepcional interesse público, um Agente Comunitário de Saúde - Micro Área 01 e dá outras providências.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/477/projeto_de_lei_1893-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/477/projeto_de_lei_1893-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a prorrogar a vigência do contrato por prazo determinado de Motorista, autorizado pelas Leis Municipais nº 1.751/2022 de 25 de fevereiro de 2022 e nº 1.805/2022 de 03 de novembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/479/projeto_de_lei_1894-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/479/projeto_de_lei_1894-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a receber em doação áreas de terras de 1.082,02m² (mil e oitenta e dois metros e dois decímetros quadrados), e 748,27m² (setecentos e quarenta e oito metros e vinte e sete decímetros quadrados).</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/480/projeto_de_lei_1895-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/480/projeto_de_lei_1895-2023.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Transporte Coletivo com "Tarifa Zero", e dá outras providências.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_lei_1896-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_lei_1896-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento, no exercício de 2023, de diferença remuneratória aos servidores que especifica para o cumprimento dos pisos da enfermagem, na extensão do quanto disponibilizados pela União ao Município, a título de assistência financeira complementar.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/483/projeto_de_lei_1897-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/483/projeto_de_lei_1897-2023.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2023 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2023, no valor de R$ 438.593,00 (quatrocentos e trinta e oito mil, quinhentos e noventa e três reais).</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/486/projeto_de_lei_1898-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/486/projeto_de_lei_1898-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Professor de Ciências e dá outras providências.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/487/projeto_de_lei_1899-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/487/projeto_de_lei_1899-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Professor de Português/Inglês e dá outras providências.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/493/projeto_de_lei_1900-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/493/projeto_de_lei_1900-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Motorista e dá outras providências.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/494/projeto_de_lei_1901-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/494/projeto_de_lei_1901-2023.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO na Lei de Diretrizes Orçamentárias de 2023 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2023, no valor de R$ 684.500,00 (seiscentos e oitenta e quatro mil e quinhentos reais).</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/497/projeto_de_lei_1902-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/497/projeto_de_lei_1902-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/498/projeto_de_lei_1903-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/498/projeto_de_lei_1903-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 400.000,00 (quatrocentos mil reais).</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/501/projeto_de_lei_1904-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/501/projeto_de_lei_1904-2023.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2023 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2023, no valor de R$ 12.000,00 (doze mil reais).</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/502/projeto_de_lei_1905-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/502/projeto_de_lei_1905-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 290.000,00 (duzentos e noventa mil reais).</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/503/projeto_de_lei_1906-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/503/projeto_de_lei_1906-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 62.339,00 (sessenta e dois mil, trezentos e trinta reais).</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/504/projeto_de_lei_1907-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/504/projeto_de_lei_1907-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 139.454,00 (cento e trinta e nove mil, quatrocentos e cinquenta e quatro reais).</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/505/projeto_de_lei_1908-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/505/projeto_de_lei_1908-2023.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2023 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2023, no valor de R$ 49.306,10 (quarenta e nove mil, trezentos e seis reais e dez centavos).</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/507/projeto_de_lei_1909-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/507/projeto_de_lei_1909-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a alterar a carga horária e a remuneração do Contrato Administrativo nº 31/2023 de Farmacêutico, autorizado pela Lei Municipal nº 1833/2023 de 03 de fevereiro de 2023.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/512/projeto_de_lei_1910-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/512/projeto_de_lei_1910-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de excepcional interesse público, um motorista e dá outras providências.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/517/projeto_de_lei_1911-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/517/projeto_de_lei_1911-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a venda através de Leilão Público, de máquinas, veículos e equipamentos de propriedade do Município de Lagoa Bonita do Sul.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/518/projeto_de_lei_1912-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/518/projeto_de_lei_1912-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza celebração de Termo de Fomento com a Associação Civil Corpo de Bombeiros Voluntários de Sobradinho.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/521/projeto_de_lei_1913-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/521/projeto_de_lei_1913-2023.pdf</t>
   </si>
   <si>
     <t>Inclui AÇÃO no Plano Plurianual de 2022 - 2025, na Lei de Diretrizes Orçamentárias de 2023 e autoriza o Executivo Municipal abrir Crédito Especial na Lei Orçamentária Anual de 2023, no valor de R$ 15.000,00 (quinze mil reais).</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_1914-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_1914-2023.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Lagoa Bonita do Sul para o Exercício Financeiro de 2024.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/524/projeto_de_lei_1915-202.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/524/projeto_de_lei_1915-202.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Artesão e dá outras providências.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/525/projeto_de_lei_1916-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/525/projeto_de_lei_1916-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Fisioterapeuta e dá outras providências.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_1917-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_1917-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Massoterapeuta e dá outras providências.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_de_lei_1918-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_de_lei_1918-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar por prazo determinado, em razão de Excepcional Interesse Público, um Psicólogo e dá outras providências.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/528/projeto_de_lei_1919-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/528/projeto_de_lei_1919-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal abrir Crédito Suplementar no orçamento de 2023, no valor de R$ 32.530,00 (trinta e dois mil e quinhentos e trinta reais).</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/529/projeto_de_lei_1920-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/529/projeto_de_lei_1920-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 3º da Lei Municipal nº 1.259/2014, de 24 de setembro de 2014, que estabelece o Plano de Carreira dos Servidores, institui o respectivo quadro de cargos e dá outras providências, aumentando as vagas dos cargos de Monitor de Educação Infantil, Secretário de Escola, Assistente Social e Farmacêutico e criando cargos de Fisioterapeuta e Procurador Jurídico.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/530/projeto_de_lei_1921-2023.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/530/projeto_de_lei_1921-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza os Titulares dos Cargos que menciona, em caráter excepcional, a dirigir veículo do Município.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/481/veto_secretario.pdf</t>
+    <t>http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/481/veto_secretario.pdf</t>
   </si>
   <si>
     <t>Veto integral ao Projeto de Lei do Legislativo nº 004/2023, que trata sobre a concessão de aumento real aos Secretários Municipais de Lagoa Bonita do Sul.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2419,68 +2419,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/359/abono_de_falta_no_001-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/381/abono_de_falta_no_002-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/390/abono_de_falta_no_003-2023_-gilsemar.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/405/abono_de_falta_no_004-2023_-_antonio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/406/abono_de_falta_no_005-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/428/abono_de_falta_no_006-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/445/abono_de_falta_no_007-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/448/abono_de_falta_no_008-2023_-_almeri.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/466/abono_de_falta_no_009-2023_-_olavo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/472/abono_de_falta_no_010-2023_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/473/abono_de_falta_no_011-2023_-_jose_donir.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/490/abono_de_falta_no_012-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/514/abono_de_falta_no_013-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/515/abono_de_falta_no_014-2023_-_antonio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/484/mocao_de_reconhecimento_no_001-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/519/mocao_de_reconhecimento_no_002-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/385/mocao_de_apoio_no_001-2023_-_debora_e_demais.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/510/mocao_de_apoio_no_002-2023_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/520/mocao_de_apoio_no_003-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/489/mocao_de_repudio_001-2023_-_contra_a_descriminalizacao_do_aborto.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/418/voto_de_pesar_001-2023_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/458/voto_de_pesar_002-2023_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/485/voto_de_pesar_003-2023_eneida.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/376/indicacao_no_001-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/380/indicacao_no_002-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/384/indicacao_no_003-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/387/indicacao_no_004-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/388/indicacao_no_005-2023_-_olavo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/389/indicacao_no_006-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/391/indicacao_no_007-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/395/indicacao_no_008-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/396/indicacao_no_009-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/397/indicacao_no_010-2023_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/398/indicacao_no_011-2023_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/408/indicacao_no_012-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/409/indicacao_no_013-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/415/indicacao_no_014-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/416/indicacao_no_015-2023_-marcia.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/417/indicacao_no_016-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/419/indicacao_no_017-2023_-adriana.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/420/indicacao_no_018-2023_-adriana.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/421/indicacao_no_019-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/423/indicacao_no_020-2023_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/424/indicacao_no_021-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/427/indicacao_no_022-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/432/indicacao_no_023-2023_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/433/indicacao_no_024-2023_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/434/indicacao_no_025-2023_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_no_026-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/437/indicacao_no_027-2023_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/438/indicacao_no_028-2023_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/439/indicacao_no_029-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/441/indicacao_no_030-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/442/indicacao_no_031-2023_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/446/indicacao_no_032-2023_-_claudiomiro_e_almeri.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/453/indicacao_no_033-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/455/indicacao_no_034-2023_-_jose_donir.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/471/indicacao_no_035-2023_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/491/indicacao_no_036-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/492/indicacao_no_037-2023_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_no_038-2023_-_debora_e_eneida.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_no_039-2023_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/508/indicacao_no_040-2023_-_eduardo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/511/indicacao_no_041-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_no_042-2023_-_todos_-_repasse_saldo_duodecimo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/456/projeto_de_resolucao_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/500/projeto_de_resolucao_002-2023_outubro_rosa.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/509/projeto_de_resolucao_003-2023_novembro_azul.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/478/projeto_decreto_legislativo_no_001-2023_-_apreciacao_contas_executivo_2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/382/projeto_de_lei_001-2023_-_aumento_real.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/402/projeto_de_lei_002-2023_-_aumento_do_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/452/projeto_de_lei_003-2023_-_instituicao_semana_da_cultura_municipal.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/467/projeto_de_lei_004-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/495/projeto_de_lei_005-2023_-_instituicao_semana_de_conscientizacao_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/513/projeto_de_lei_006-2023_-_instituicao_da_semana_farroupilha.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/516/projeto_de_lei_007-2023_-_programa_de_descarte_de_lixo_eletronico.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/522/projeto_de_lei_008-2023_-_institui_campanha_permanente_de_conscientizacao_sobre_depressao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/358/projeto_de_lei_1833-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/360/projeto_1834-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/361/projeto_1835-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/362/projeto_1836-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/363/projeto_1837-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/364/projeto_1838-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/365/projeto_1839-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/366/projeto_1840-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/367/projeto_1841-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/368/projeto_1842-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/369/projeto_1843-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/370/projeto_de_lei_1844_contratacao_acs_05_substituir_lm.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/371/projeto_de_lei_1845_contratacao_pedagogo_do_naab.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/372/projeto_de_lei_1846_prorrogacao_acs_04.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/373/projeto_de_lei_1847_troca_de_elemento_de_despesa.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/374/projeto_de_lei_1848_credito_suplementar_secretaria_de_agricultura_-_aquisicao_de_ensiladeira_e_ensacadeira_-_construcao_e_ampliacao_de_redes_de_agua.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/375/projeto_1849-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/386/projeto_de_lei_1850_firmar_convenio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/392/projeto_de_lei_1851-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_lei_1852-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/394/projeto_de_lei_1853-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_lei_1854-2023_2.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/400/projeto_de_lei_1855-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/401/projeto_de_lei_1856-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/403/projeto_de_lei_1857-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/404/projeto_de_lei_1858-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_de_lei_1859-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/410/projeto_de_lei_1860-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_lei_1861-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_de_lei_1862-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/413/projeto_de_lei_1863-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/414/1864-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/422/projeto_de_lei_1865-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/425/projeto_de_lei_1866-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/426/projeto_de_lei_1867-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/429/projeto_de_lei_1868-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/430/projeto_de_lei_1869-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/431/projeto_de_lei_1870-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/436/projeto_de_lei_1871-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/440/projeto_de_lei_1872-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/443/projeto_de_lei_1873-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/444/1874-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/449/projeto_de_lei_1875-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/450/projeto_de_lei_1876-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/451/projeto_de_lei_1877-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/454/projeto_de_lei_1878-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/457/projeto_de_lei_1879-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/459/projeto_de_lei_1880-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/460/projeto_de_lei_1881-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/462/projeto_de_lei_1882-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_de_lei_1883-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/463/projeto_de_lei_1884-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/464/projeto_de_lei_1885-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_lei_1886-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/468/projeto_de_lei_1887-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/469/projeto_de_lei_1888-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/470/projeto_de_lei_1889-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/474/projeto_de_lei_1890-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/475/projeto_de_lei_1891-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/476/projeto_de_lei_1892-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/477/projeto_de_lei_1893-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/479/projeto_de_lei_1894-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/480/projeto_de_lei_1895-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_lei_1896-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/483/projeto_de_lei_1897-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/486/projeto_de_lei_1898-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/487/projeto_de_lei_1899-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/493/projeto_de_lei_1900-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/494/projeto_de_lei_1901-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/497/projeto_de_lei_1902-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/498/projeto_de_lei_1903-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/501/projeto_de_lei_1904-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/502/projeto_de_lei_1905-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/503/projeto_de_lei_1906-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/504/projeto_de_lei_1907-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/505/projeto_de_lei_1908-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/507/projeto_de_lei_1909-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/512/projeto_de_lei_1910-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/517/projeto_de_lei_1911-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/518/projeto_de_lei_1912-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/521/projeto_de_lei_1913-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_1914-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/524/projeto_de_lei_1915-202.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/525/projeto_de_lei_1916-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_1917-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_de_lei_1918-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/528/projeto_de_lei_1919-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/529/projeto_de_lei_1920-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/530/projeto_de_lei_1921-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/481/veto_secretario.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/359/abono_de_falta_no_001-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/381/abono_de_falta_no_002-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/390/abono_de_falta_no_003-2023_-gilsemar.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/405/abono_de_falta_no_004-2023_-_antonio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/406/abono_de_falta_no_005-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/428/abono_de_falta_no_006-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/445/abono_de_falta_no_007-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/448/abono_de_falta_no_008-2023_-_almeri.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/466/abono_de_falta_no_009-2023_-_olavo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/472/abono_de_falta_no_010-2023_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/473/abono_de_falta_no_011-2023_-_jose_donir.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/490/abono_de_falta_no_012-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/514/abono_de_falta_no_013-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/515/abono_de_falta_no_014-2023_-_antonio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/484/mocao_de_reconhecimento_no_001-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/519/mocao_de_reconhecimento_no_002-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/385/mocao_de_apoio_no_001-2023_-_debora_e_demais.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/510/mocao_de_apoio_no_002-2023_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/520/mocao_de_apoio_no_003-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/489/mocao_de_repudio_001-2023_-_contra_a_descriminalizacao_do_aborto.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/418/voto_de_pesar_001-2023_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/458/voto_de_pesar_002-2023_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/485/voto_de_pesar_003-2023_eneida.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/376/indicacao_no_001-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/380/indicacao_no_002-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/384/indicacao_no_003-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/387/indicacao_no_004-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/388/indicacao_no_005-2023_-_olavo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/389/indicacao_no_006-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/391/indicacao_no_007-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/395/indicacao_no_008-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/396/indicacao_no_009-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/397/indicacao_no_010-2023_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/398/indicacao_no_011-2023_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/408/indicacao_no_012-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/409/indicacao_no_013-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/415/indicacao_no_014-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/416/indicacao_no_015-2023_-marcia.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/417/indicacao_no_016-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/419/indicacao_no_017-2023_-adriana.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/420/indicacao_no_018-2023_-adriana.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/421/indicacao_no_019-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/423/indicacao_no_020-2023_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/424/indicacao_no_021-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/427/indicacao_no_022-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/432/indicacao_no_023-2023_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/433/indicacao_no_024-2023_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/434/indicacao_no_025-2023_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_no_026-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/437/indicacao_no_027-2023_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/438/indicacao_no_028-2023_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/439/indicacao_no_029-2023_-_eneida.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/441/indicacao_no_030-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/442/indicacao_no_031-2023_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/446/indicacao_no_032-2023_-_claudiomiro_e_almeri.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/453/indicacao_no_033-2023_-_ezequiel.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/455/indicacao_no_034-2023_-_jose_donir.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/471/indicacao_no_035-2023_-_claudiomiro.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/491/indicacao_no_036-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/492/indicacao_no_037-2023_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/499/indicacao_no_038-2023_-_debora_e_eneida.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/506/indicacao_no_039-2023_-_gilsemar.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/508/indicacao_no_040-2023_-_eduardo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/511/indicacao_no_041-2023_-_debora.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/531/indicacao_no_042-2023_-_todos_-_repasse_saldo_duodecimo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/456/projeto_de_resolucao_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/500/projeto_de_resolucao_002-2023_outubro_rosa.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/509/projeto_de_resolucao_003-2023_novembro_azul.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/478/projeto_decreto_legislativo_no_001-2023_-_apreciacao_contas_executivo_2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/382/projeto_de_lei_001-2023_-_aumento_real.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/402/projeto_de_lei_002-2023_-_aumento_do_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/452/projeto_de_lei_003-2023_-_instituicao_semana_da_cultura_municipal.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/467/projeto_de_lei_004-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/495/projeto_de_lei_005-2023_-_instituicao_semana_de_conscientizacao_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/513/projeto_de_lei_006-2023_-_instituicao_da_semana_farroupilha.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/516/projeto_de_lei_007-2023_-_programa_de_descarte_de_lixo_eletronico.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/522/projeto_de_lei_008-2023_-_institui_campanha_permanente_de_conscientizacao_sobre_depressao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/358/projeto_de_lei_1833-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/360/projeto_1834-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/361/projeto_1835-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/362/projeto_1836-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/363/projeto_1837-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/364/projeto_1838-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/365/projeto_1839-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/366/projeto_1840-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/367/projeto_1841-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/368/projeto_1842-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/369/projeto_1843-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/370/projeto_de_lei_1844_contratacao_acs_05_substituir_lm.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/371/projeto_de_lei_1845_contratacao_pedagogo_do_naab.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/372/projeto_de_lei_1846_prorrogacao_acs_04.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/373/projeto_de_lei_1847_troca_de_elemento_de_despesa.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/374/projeto_de_lei_1848_credito_suplementar_secretaria_de_agricultura_-_aquisicao_de_ensiladeira_e_ensacadeira_-_construcao_e_ampliacao_de_redes_de_agua.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/375/projeto_1849-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/386/projeto_de_lei_1850_firmar_convenio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/392/projeto_de_lei_1851-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_lei_1852-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/394/projeto_de_lei_1853-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_lei_1854-2023_2.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/400/projeto_de_lei_1855-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/401/projeto_de_lei_1856-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/403/projeto_de_lei_1857-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/404/projeto_de_lei_1858-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_de_lei_1859-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/410/projeto_de_lei_1860-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_lei_1861-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_de_lei_1862-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/413/projeto_de_lei_1863-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/414/1864-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/422/projeto_de_lei_1865-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/425/projeto_de_lei_1866-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/426/projeto_de_lei_1867-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/429/projeto_de_lei_1868-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/430/projeto_de_lei_1869-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/431/projeto_de_lei_1870-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/436/projeto_de_lei_1871-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/440/projeto_de_lei_1872-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/443/projeto_de_lei_1873-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/444/1874-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/449/projeto_de_lei_1875-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/450/projeto_de_lei_1876-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/451/projeto_de_lei_1877-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/454/projeto_de_lei_1878-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/457/projeto_de_lei_1879-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/459/projeto_de_lei_1880-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/460/projeto_de_lei_1881-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/462/projeto_de_lei_1882-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/461/projeto_de_lei_1883-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/463/projeto_de_lei_1884-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/464/projeto_de_lei_1885-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_lei_1886-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/468/projeto_de_lei_1887-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/469/projeto_de_lei_1888-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/470/projeto_de_lei_1889-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/474/projeto_de_lei_1890-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/475/projeto_de_lei_1891-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/476/projeto_de_lei_1892-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/477/projeto_de_lei_1893-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/479/projeto_de_lei_1894-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/480/projeto_de_lei_1895-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/482/projeto_de_lei_1896-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/483/projeto_de_lei_1897-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/486/projeto_de_lei_1898-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/487/projeto_de_lei_1899-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/493/projeto_de_lei_1900-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/494/projeto_de_lei_1901-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/497/projeto_de_lei_1902-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/498/projeto_de_lei_1903-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/501/projeto_de_lei_1904-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/502/projeto_de_lei_1905-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/503/projeto_de_lei_1906-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/504/projeto_de_lei_1907-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/505/projeto_de_lei_1908-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/507/projeto_de_lei_1909-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/512/projeto_de_lei_1910-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/517/projeto_de_lei_1911-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/518/projeto_de_lei_1912-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/521/projeto_de_lei_1913-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_1914-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/524/projeto_de_lei_1915-202.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/525/projeto_de_lei_1916-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_1917-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/527/projeto_de_lei_1918-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/528/projeto_de_lei_1919-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/529/projeto_de_lei_1920-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/530/projeto_de_lei_1921-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoabonitadosul.rs.leg.br/media/sapl/public/materialegislativa/2023/481/veto_secretario.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H168"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="164.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="224.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="223.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>